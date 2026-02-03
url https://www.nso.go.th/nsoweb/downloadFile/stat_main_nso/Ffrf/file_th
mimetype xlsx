--- v0 (2025-10-06)
+++ v1 (2026-02-03)
@@ -1,441 +1,465 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="23530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\2568\กลุ่ม วิชาการ\1-2568\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\ณิชา\1.ผอ.ว(วรุณี)\____________________________สรง\2.สรง.ไตรมาส 2-68\up web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6AE98347-F86C-4541-9B2D-505FB5BA5856}" xr6:coauthVersionLast="46" xr6:coauthVersionMax="46" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5CD1A3A0-605E-4DFD-9675-A3F765E23478}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{8281B458-7EE6-473B-B3DF-C5D24C344CFB}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{E61EBC81-A2C5-4DF0-9D52-5A9F2AFC4BAD}"/>
   </bookViews>
   <sheets>
-    <sheet name="t4-1" sheetId="2" r:id="rId1"/>
-    <sheet name="t4-2" sheetId="1" r:id="rId2"/>
+    <sheet name="t4 (2)" sheetId="24" r:id="rId1"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="57">
-[...1 lines deleted...]
-    <t>ตารางที่ 4 จำนวนผู้มีงานทำ จำแนกตามกิจกรรมทางเศรษฐกิจ และเพศ  ทั่วราชอาณาจักร ภาคตะวันออกเฉียงเหนือ จังหวัดหนองคาย ไตรมาสที่ 1 (มกราคม - มีนาคม) 2568</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="57">
+  <si>
+    <t xml:space="preserve">       หญิง                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">       ชาย                         </t>
+  </si>
+  <si>
+    <t xml:space="preserve">  หนองคาย                          </t>
+  </si>
+  <si>
+    <t>ภาคตะวันออกเฉียงเหนือ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  ทั่วราชอาณาจักร                  </t>
+  </si>
+  <si>
+    <t>ร้อยละ</t>
+  </si>
+  <si>
+    <t>รวม</t>
+  </si>
+  <si>
+    <t>ภาคและเพศ</t>
+  </si>
+  <si>
+    <t>การศึกษา</t>
+  </si>
+  <si>
+    <t>ไม่ทราบ</t>
   </si>
   <si>
     <t>เกษตรกรรม</t>
   </si>
   <si>
     <t>การทำ</t>
   </si>
   <si>
     <t>การผลิต</t>
   </si>
   <si>
     <t>การไฟฟ้า</t>
   </si>
   <si>
     <t>การจัดหาน้ำ</t>
   </si>
   <si>
     <t>การ</t>
   </si>
   <si>
     <t>การขายส่ง</t>
   </si>
   <si>
     <t>การขนส่ง</t>
   </si>
   <si>
     <t>ที่พักแรม</t>
   </si>
   <si>
     <t>ข้อมูลข่าวสาร</t>
   </si>
   <si>
     <t>กิจการทาง</t>
   </si>
   <si>
+    <t>การป่าไม้และ</t>
+  </si>
+  <si>
+    <t>เหมืองแร่</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ก๊าซและ</t>
+  </si>
+  <si>
+    <t>และการ</t>
+  </si>
+  <si>
+    <t>ก่อสร้าง</t>
+  </si>
+  <si>
+    <t>และสถานที่</t>
+  </si>
+  <si>
+    <t>และการบริการ</t>
+  </si>
+  <si>
+    <t>การเงินและ</t>
+  </si>
+  <si>
+    <t>การประมง</t>
+  </si>
+  <si>
+    <t>เหมืองหิน</t>
+  </si>
+  <si>
+    <t>ไอน้ำ</t>
+  </si>
+  <si>
+    <t>บำบัดน้ำเสียฯ</t>
+  </si>
+  <si>
+    <t>การขายปลีกฯ</t>
+  </si>
+  <si>
+    <t>เก็บสินค้า</t>
+  </si>
+  <si>
+    <t>ด้านอาหาร</t>
+  </si>
+  <si>
+    <t>สื่อสาร</t>
+  </si>
+  <si>
+    <t>การประกันภัย</t>
+  </si>
+  <si>
     <t>กิจกรรม</t>
   </si>
   <si>
     <t>การบริหาร</t>
   </si>
   <si>
-    <t>การศึกษา</t>
-[...1 lines deleted...]
-  <si>
     <t>ศิลปะ</t>
   </si>
   <si>
     <t>กิจกรรมการจ้างงาน</t>
   </si>
   <si>
     <t>กิจกรรมของ</t>
   </si>
   <si>
-    <t>ไม่ทราบ</t>
-[...31 lines deleted...]
-  <si>
     <t>อสังหาริมทรัพย์</t>
   </si>
   <si>
     <t>ทางวิชาชีพฯ</t>
   </si>
   <si>
     <t>การบริหารฯ</t>
   </si>
   <si>
     <t>ราชการฯ</t>
   </si>
   <si>
     <t>ด้านสุขภาพฯ</t>
   </si>
   <si>
     <t>ความบันเทิง</t>
   </si>
   <si>
     <t>บริการ</t>
   </si>
   <si>
     <t>ในครัวเรือน</t>
   </si>
   <si>
     <t>องค์การระ-</t>
   </si>
   <si>
-    <t>การประมง</t>
-[...25 lines deleted...]
-  <si>
     <t>และนันทนาการ</t>
   </si>
   <si>
     <t>ด้านอื่น ๆ</t>
   </si>
   <si>
     <t>ส่วนบุคคลฯ</t>
   </si>
   <si>
     <t>หว่างประเทศฯ</t>
   </si>
   <si>
-    <t xml:space="preserve">  ทั่วราชอาณาจักร                  </t>
-[...14 lines deleted...]
-    <t>ร้อยละ</t>
+    <t>ตารางที่ 4 จำนวนผู้มีงานทำ จำแนกตามกิจกรรมทางเศรษฐกิจ และเพศ  ทั่วราชอาณาจักร ภาคตะวันออกเฉียงเหนือ จังหวัดหนองคาย ไตรมาสที่ 2 (เมษายน - มิถุนายน) 2568</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="165" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="189" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="190" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
-      <sz val="16"/>
-[...1 lines deleted...]
-      <name val="AngsanaUPC"/>
+      <sz val="14"/>
+      <name val="Cordia New"/>
       <family val="2"/>
-      <charset val="222"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Cordia New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="TH SarabunPSK"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="TH SarabunPSK"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="Cordia New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="15"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
-    <font>
-[...15 lines deleted...]
-    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFFFCC00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFCC00"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...7 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="190" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="190" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="189" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="189" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="189" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="189" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="190" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="190" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="จุลภาค" xfId="1" builtinId="3"/>
+  <cellStyles count="7">
+    <cellStyle name="จุลภาค" xfId="2" builtinId="3"/>
+    <cellStyle name="จุลภาค 2" xfId="4" xr:uid="{33B5872B-5E7C-4269-B354-A26486DA5109}"/>
+    <cellStyle name="จุลภาค 2 2" xfId="6" xr:uid="{8B1272D1-D594-4E27-B241-815E1AD366B8}"/>
     <cellStyle name="ปกติ" xfId="0" builtinId="0"/>
-    <cellStyle name="ปกติ 2" xfId="2" xr:uid="{50B5218E-33F9-4853-A653-6C61677E8C2C}"/>
+    <cellStyle name="ปกติ 2" xfId="3" xr:uid="{BC896BAD-23DF-445E-907F-26D08F905838}"/>
+    <cellStyle name="ปกติ 2 2" xfId="1" xr:uid="{6A7D230D-7D82-4FD6-9A4E-BDFC8031ECAF}"/>
+    <cellStyle name="ปกติ 2 2 2" xfId="5" xr:uid="{E61CF66B-1EED-4571-B14B-233E7E396417}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -689,3687 +713,2660 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{454393E5-4D02-4AF4-BA41-150EDF22FF38}">
-  <dimension ref="A1:N26"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E18C4EC-CD65-449B-92BC-BECCED5C4C6D}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:Z26"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A20" workbookViewId="0">
-      <selection activeCell="C22" sqref="C22"/>
+    <sheetView tabSelected="1" topLeftCell="A28" zoomScale="78" zoomScaleNormal="78" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="D28" sqref="D28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
+  <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.7"/>
   <cols>
-    <col min="1" max="1" width="21" style="13" customWidth="1"/>
-[...896 lines deleted...]
-    <col min="16345" max="16384" width="8.85546875" style="13" customWidth="1"/>
+    <col min="1" max="1" width="21" style="2" customWidth="1"/>
+    <col min="2" max="2" width="11.8984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.59765625" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.8984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9.59765625" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="10.8984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="11" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="10.8984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="11.69921875" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="13" width="11" style="2" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="12.09765625" style="2" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="10.19921875" style="2" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="9.796875" style="2" bestFit="1" customWidth="1"/>
+    <col min="17" max="18" width="10.8984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="10.5" style="2" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="12.09765625" style="2" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="10.8984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="15.296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="11.5" style="2" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="9.59765625" style="2" bestFit="1" customWidth="1"/>
+    <col min="25" max="226" width="8.796875" style="2"/>
+    <col min="227" max="227" width="14.8984375" style="2" customWidth="1"/>
+    <col min="228" max="228" width="11.69921875" style="2" customWidth="1"/>
+    <col min="229" max="229" width="12" style="2" customWidth="1"/>
+    <col min="230" max="230" width="9.296875" style="2" customWidth="1"/>
+    <col min="231" max="231" width="10.59765625" style="2" customWidth="1"/>
+    <col min="232" max="232" width="9" style="2" customWidth="1"/>
+    <col min="233" max="233" width="10.8984375" style="2" customWidth="1"/>
+    <col min="234" max="234" width="8.796875" style="2"/>
+    <col min="235" max="235" width="11.09765625" style="2" customWidth="1"/>
+    <col min="236" max="236" width="10.296875" style="2" customWidth="1"/>
+    <col min="237" max="237" width="11.296875" style="2" customWidth="1"/>
+    <col min="238" max="238" width="11.3984375" style="2" customWidth="1"/>
+    <col min="239" max="239" width="11.296875" style="2" customWidth="1"/>
+    <col min="240" max="482" width="8.796875" style="2"/>
+    <col min="483" max="483" width="14.8984375" style="2" customWidth="1"/>
+    <col min="484" max="484" width="11.69921875" style="2" customWidth="1"/>
+    <col min="485" max="485" width="12" style="2" customWidth="1"/>
+    <col min="486" max="486" width="9.296875" style="2" customWidth="1"/>
+    <col min="487" max="487" width="10.59765625" style="2" customWidth="1"/>
+    <col min="488" max="488" width="9" style="2" customWidth="1"/>
+    <col min="489" max="489" width="10.8984375" style="2" customWidth="1"/>
+    <col min="490" max="490" width="8.796875" style="2"/>
+    <col min="491" max="491" width="11.09765625" style="2" customWidth="1"/>
+    <col min="492" max="492" width="10.296875" style="2" customWidth="1"/>
+    <col min="493" max="493" width="11.296875" style="2" customWidth="1"/>
+    <col min="494" max="494" width="11.3984375" style="2" customWidth="1"/>
+    <col min="495" max="495" width="11.296875" style="2" customWidth="1"/>
+    <col min="496" max="738" width="8.796875" style="2"/>
+    <col min="739" max="739" width="14.8984375" style="2" customWidth="1"/>
+    <col min="740" max="740" width="11.69921875" style="2" customWidth="1"/>
+    <col min="741" max="741" width="12" style="2" customWidth="1"/>
+    <col min="742" max="742" width="9.296875" style="2" customWidth="1"/>
+    <col min="743" max="743" width="10.59765625" style="2" customWidth="1"/>
+    <col min="744" max="744" width="9" style="2" customWidth="1"/>
+    <col min="745" max="745" width="10.8984375" style="2" customWidth="1"/>
+    <col min="746" max="746" width="8.796875" style="2"/>
+    <col min="747" max="747" width="11.09765625" style="2" customWidth="1"/>
+    <col min="748" max="748" width="10.296875" style="2" customWidth="1"/>
+    <col min="749" max="749" width="11.296875" style="2" customWidth="1"/>
+    <col min="750" max="750" width="11.3984375" style="2" customWidth="1"/>
+    <col min="751" max="751" width="11.296875" style="2" customWidth="1"/>
+    <col min="752" max="994" width="8.796875" style="2"/>
+    <col min="995" max="995" width="14.8984375" style="2" customWidth="1"/>
+    <col min="996" max="996" width="11.69921875" style="2" customWidth="1"/>
+    <col min="997" max="997" width="12" style="2" customWidth="1"/>
+    <col min="998" max="998" width="9.296875" style="2" customWidth="1"/>
+    <col min="999" max="999" width="10.59765625" style="2" customWidth="1"/>
+    <col min="1000" max="1000" width="9" style="2" customWidth="1"/>
+    <col min="1001" max="1001" width="10.8984375" style="2" customWidth="1"/>
+    <col min="1002" max="1002" width="8.796875" style="2"/>
+    <col min="1003" max="1003" width="11.09765625" style="2" customWidth="1"/>
+    <col min="1004" max="1004" width="10.296875" style="2" customWidth="1"/>
+    <col min="1005" max="1005" width="11.296875" style="2" customWidth="1"/>
+    <col min="1006" max="1006" width="11.3984375" style="2" customWidth="1"/>
+    <col min="1007" max="1007" width="11.296875" style="2" customWidth="1"/>
+    <col min="1008" max="1250" width="8.796875" style="2"/>
+    <col min="1251" max="1251" width="14.8984375" style="2" customWidth="1"/>
+    <col min="1252" max="1252" width="11.69921875" style="2" customWidth="1"/>
+    <col min="1253" max="1253" width="12" style="2" customWidth="1"/>
+    <col min="1254" max="1254" width="9.296875" style="2" customWidth="1"/>
+    <col min="1255" max="1255" width="10.59765625" style="2" customWidth="1"/>
+    <col min="1256" max="1256" width="9" style="2" customWidth="1"/>
+    <col min="1257" max="1257" width="10.8984375" style="2" customWidth="1"/>
+    <col min="1258" max="1258" width="8.796875" style="2"/>
+    <col min="1259" max="1259" width="11.09765625" style="2" customWidth="1"/>
+    <col min="1260" max="1260" width="10.296875" style="2" customWidth="1"/>
+    <col min="1261" max="1261" width="11.296875" style="2" customWidth="1"/>
+    <col min="1262" max="1262" width="11.3984375" style="2" customWidth="1"/>
+    <col min="1263" max="1263" width="11.296875" style="2" customWidth="1"/>
+    <col min="1264" max="1506" width="8.796875" style="2"/>
+    <col min="1507" max="1507" width="14.8984375" style="2" customWidth="1"/>
+    <col min="1508" max="1508" width="11.69921875" style="2" customWidth="1"/>
+    <col min="1509" max="1509" width="12" style="2" customWidth="1"/>
+    <col min="1510" max="1510" width="9.296875" style="2" customWidth="1"/>
+    <col min="1511" max="1511" width="10.59765625" style="2" customWidth="1"/>
+    <col min="1512" max="1512" width="9" style="2" customWidth="1"/>
+    <col min="1513" max="1513" width="10.8984375" style="2" customWidth="1"/>
+    <col min="1514" max="1514" width="8.796875" style="2"/>
+    <col min="1515" max="1515" width="11.09765625" style="2" customWidth="1"/>
+    <col min="1516" max="1516" width="10.296875" style="2" customWidth="1"/>
+    <col min="1517" max="1517" width="11.296875" style="2" customWidth="1"/>
+    <col min="1518" max="1518" width="11.3984375" style="2" customWidth="1"/>
+    <col min="1519" max="1519" width="11.296875" style="2" customWidth="1"/>
+    <col min="1520" max="1762" width="8.796875" style="2"/>
+    <col min="1763" max="1763" width="14.8984375" style="2" customWidth="1"/>
+    <col min="1764" max="1764" width="11.69921875" style="2" customWidth="1"/>
+    <col min="1765" max="1765" width="12" style="2" customWidth="1"/>
+    <col min="1766" max="1766" width="9.296875" style="2" customWidth="1"/>
+    <col min="1767" max="1767" width="10.59765625" style="2" customWidth="1"/>
+    <col min="1768" max="1768" width="9" style="2" customWidth="1"/>
+    <col min="1769" max="1769" width="10.8984375" style="2" customWidth="1"/>
+    <col min="1770" max="1770" width="8.796875" style="2"/>
+    <col min="1771" max="1771" width="11.09765625" style="2" customWidth="1"/>
+    <col min="1772" max="1772" width="10.296875" style="2" customWidth="1"/>
+    <col min="1773" max="1773" width="11.296875" style="2" customWidth="1"/>
+    <col min="1774" max="1774" width="11.3984375" style="2" customWidth="1"/>
+    <col min="1775" max="1775" width="11.296875" style="2" customWidth="1"/>
+    <col min="1776" max="2018" width="8.796875" style="2"/>
+    <col min="2019" max="2019" width="14.8984375" style="2" customWidth="1"/>
+    <col min="2020" max="2020" width="11.69921875" style="2" customWidth="1"/>
+    <col min="2021" max="2021" width="12" style="2" customWidth="1"/>
+    <col min="2022" max="2022" width="9.296875" style="2" customWidth="1"/>
+    <col min="2023" max="2023" width="10.59765625" style="2" customWidth="1"/>
+    <col min="2024" max="2024" width="9" style="2" customWidth="1"/>
+    <col min="2025" max="2025" width="10.8984375" style="2" customWidth="1"/>
+    <col min="2026" max="2026" width="8.796875" style="2"/>
+    <col min="2027" max="2027" width="11.09765625" style="2" customWidth="1"/>
+    <col min="2028" max="2028" width="10.296875" style="2" customWidth="1"/>
+    <col min="2029" max="2029" width="11.296875" style="2" customWidth="1"/>
+    <col min="2030" max="2030" width="11.3984375" style="2" customWidth="1"/>
+    <col min="2031" max="2031" width="11.296875" style="2" customWidth="1"/>
+    <col min="2032" max="2274" width="8.796875" style="2"/>
+    <col min="2275" max="2275" width="14.8984375" style="2" customWidth="1"/>
+    <col min="2276" max="2276" width="11.69921875" style="2" customWidth="1"/>
+    <col min="2277" max="2277" width="12" style="2" customWidth="1"/>
+    <col min="2278" max="2278" width="9.296875" style="2" customWidth="1"/>
+    <col min="2279" max="2279" width="10.59765625" style="2" customWidth="1"/>
+    <col min="2280" max="2280" width="9" style="2" customWidth="1"/>
+    <col min="2281" max="2281" width="10.8984375" style="2" customWidth="1"/>
+    <col min="2282" max="2282" width="8.796875" style="2"/>
+    <col min="2283" max="2283" width="11.09765625" style="2" customWidth="1"/>
+    <col min="2284" max="2284" width="10.296875" style="2" customWidth="1"/>
+    <col min="2285" max="2285" width="11.296875" style="2" customWidth="1"/>
+    <col min="2286" max="2286" width="11.3984375" style="2" customWidth="1"/>
+    <col min="2287" max="2287" width="11.296875" style="2" customWidth="1"/>
+    <col min="2288" max="2530" width="8.796875" style="2"/>
+    <col min="2531" max="2531" width="14.8984375" style="2" customWidth="1"/>
+    <col min="2532" max="2532" width="11.69921875" style="2" customWidth="1"/>
+    <col min="2533" max="2533" width="12" style="2" customWidth="1"/>
+    <col min="2534" max="2534" width="9.296875" style="2" customWidth="1"/>
+    <col min="2535" max="2535" width="10.59765625" style="2" customWidth="1"/>
+    <col min="2536" max="2536" width="9" style="2" customWidth="1"/>
+    <col min="2537" max="2537" width="10.8984375" style="2" customWidth="1"/>
+    <col min="2538" max="2538" width="8.796875" style="2"/>
+    <col min="2539" max="2539" width="11.09765625" style="2" customWidth="1"/>
+    <col min="2540" max="2540" width="10.296875" style="2" customWidth="1"/>
+    <col min="2541" max="2541" width="11.296875" style="2" customWidth="1"/>
+    <col min="2542" max="2542" width="11.3984375" style="2" customWidth="1"/>
+    <col min="2543" max="2543" width="11.296875" style="2" customWidth="1"/>
+    <col min="2544" max="2786" width="8.796875" style="2"/>
+    <col min="2787" max="2787" width="14.8984375" style="2" customWidth="1"/>
+    <col min="2788" max="2788" width="11.69921875" style="2" customWidth="1"/>
+    <col min="2789" max="2789" width="12" style="2" customWidth="1"/>
+    <col min="2790" max="2790" width="9.296875" style="2" customWidth="1"/>
+    <col min="2791" max="2791" width="10.59765625" style="2" customWidth="1"/>
+    <col min="2792" max="2792" width="9" style="2" customWidth="1"/>
+    <col min="2793" max="2793" width="10.8984375" style="2" customWidth="1"/>
+    <col min="2794" max="2794" width="8.796875" style="2"/>
+    <col min="2795" max="2795" width="11.09765625" style="2" customWidth="1"/>
+    <col min="2796" max="2796" width="10.296875" style="2" customWidth="1"/>
+    <col min="2797" max="2797" width="11.296875" style="2" customWidth="1"/>
+    <col min="2798" max="2798" width="11.3984375" style="2" customWidth="1"/>
+    <col min="2799" max="2799" width="11.296875" style="2" customWidth="1"/>
+    <col min="2800" max="3042" width="8.796875" style="2"/>
+    <col min="3043" max="3043" width="14.8984375" style="2" customWidth="1"/>
+    <col min="3044" max="3044" width="11.69921875" style="2" customWidth="1"/>
+    <col min="3045" max="3045" width="12" style="2" customWidth="1"/>
+    <col min="3046" max="3046" width="9.296875" style="2" customWidth="1"/>
+    <col min="3047" max="3047" width="10.59765625" style="2" customWidth="1"/>
+    <col min="3048" max="3048" width="9" style="2" customWidth="1"/>
+    <col min="3049" max="3049" width="10.8984375" style="2" customWidth="1"/>
+    <col min="3050" max="3050" width="8.796875" style="2"/>
+    <col min="3051" max="3051" width="11.09765625" style="2" customWidth="1"/>
+    <col min="3052" max="3052" width="10.296875" style="2" customWidth="1"/>
+    <col min="3053" max="3053" width="11.296875" style="2" customWidth="1"/>
+    <col min="3054" max="3054" width="11.3984375" style="2" customWidth="1"/>
+    <col min="3055" max="3055" width="11.296875" style="2" customWidth="1"/>
+    <col min="3056" max="3298" width="8.796875" style="2"/>
+    <col min="3299" max="3299" width="14.8984375" style="2" customWidth="1"/>
+    <col min="3300" max="3300" width="11.69921875" style="2" customWidth="1"/>
+    <col min="3301" max="3301" width="12" style="2" customWidth="1"/>
+    <col min="3302" max="3302" width="9.296875" style="2" customWidth="1"/>
+    <col min="3303" max="3303" width="10.59765625" style="2" customWidth="1"/>
+    <col min="3304" max="3304" width="9" style="2" customWidth="1"/>
+    <col min="3305" max="3305" width="10.8984375" style="2" customWidth="1"/>
+    <col min="3306" max="3306" width="8.796875" style="2"/>
+    <col min="3307" max="3307" width="11.09765625" style="2" customWidth="1"/>
+    <col min="3308" max="3308" width="10.296875" style="2" customWidth="1"/>
+    <col min="3309" max="3309" width="11.296875" style="2" customWidth="1"/>
+    <col min="3310" max="3310" width="11.3984375" style="2" customWidth="1"/>
+    <col min="3311" max="3311" width="11.296875" style="2" customWidth="1"/>
+    <col min="3312" max="3554" width="8.796875" style="2"/>
+    <col min="3555" max="3555" width="14.8984375" style="2" customWidth="1"/>
+    <col min="3556" max="3556" width="11.69921875" style="2" customWidth="1"/>
+    <col min="3557" max="3557" width="12" style="2" customWidth="1"/>
+    <col min="3558" max="3558" width="9.296875" style="2" customWidth="1"/>
+    <col min="3559" max="3559" width="10.59765625" style="2" customWidth="1"/>
+    <col min="3560" max="3560" width="9" style="2" customWidth="1"/>
+    <col min="3561" max="3561" width="10.8984375" style="2" customWidth="1"/>
+    <col min="3562" max="3562" width="8.796875" style="2"/>
+    <col min="3563" max="3563" width="11.09765625" style="2" customWidth="1"/>
+    <col min="3564" max="3564" width="10.296875" style="2" customWidth="1"/>
+    <col min="3565" max="3565" width="11.296875" style="2" customWidth="1"/>
+    <col min="3566" max="3566" width="11.3984375" style="2" customWidth="1"/>
+    <col min="3567" max="3567" width="11.296875" style="2" customWidth="1"/>
+    <col min="3568" max="3810" width="8.796875" style="2"/>
+    <col min="3811" max="3811" width="14.8984375" style="2" customWidth="1"/>
+    <col min="3812" max="3812" width="11.69921875" style="2" customWidth="1"/>
+    <col min="3813" max="3813" width="12" style="2" customWidth="1"/>
+    <col min="3814" max="3814" width="9.296875" style="2" customWidth="1"/>
+    <col min="3815" max="3815" width="10.59765625" style="2" customWidth="1"/>
+    <col min="3816" max="3816" width="9" style="2" customWidth="1"/>
+    <col min="3817" max="3817" width="10.8984375" style="2" customWidth="1"/>
+    <col min="3818" max="3818" width="8.796875" style="2"/>
+    <col min="3819" max="3819" width="11.09765625" style="2" customWidth="1"/>
+    <col min="3820" max="3820" width="10.296875" style="2" customWidth="1"/>
+    <col min="3821" max="3821" width="11.296875" style="2" customWidth="1"/>
+    <col min="3822" max="3822" width="11.3984375" style="2" customWidth="1"/>
+    <col min="3823" max="3823" width="11.296875" style="2" customWidth="1"/>
+    <col min="3824" max="4066" width="8.796875" style="2"/>
+    <col min="4067" max="4067" width="14.8984375" style="2" customWidth="1"/>
+    <col min="4068" max="4068" width="11.69921875" style="2" customWidth="1"/>
+    <col min="4069" max="4069" width="12" style="2" customWidth="1"/>
+    <col min="4070" max="4070" width="9.296875" style="2" customWidth="1"/>
+    <col min="4071" max="4071" width="10.59765625" style="2" customWidth="1"/>
+    <col min="4072" max="4072" width="9" style="2" customWidth="1"/>
+    <col min="4073" max="4073" width="10.8984375" style="2" customWidth="1"/>
+    <col min="4074" max="4074" width="8.796875" style="2"/>
+    <col min="4075" max="4075" width="11.09765625" style="2" customWidth="1"/>
+    <col min="4076" max="4076" width="10.296875" style="2" customWidth="1"/>
+    <col min="4077" max="4077" width="11.296875" style="2" customWidth="1"/>
+    <col min="4078" max="4078" width="11.3984375" style="2" customWidth="1"/>
+    <col min="4079" max="4079" width="11.296875" style="2" customWidth="1"/>
+    <col min="4080" max="4322" width="8.796875" style="2"/>
+    <col min="4323" max="4323" width="14.8984375" style="2" customWidth="1"/>
+    <col min="4324" max="4324" width="11.69921875" style="2" customWidth="1"/>
+    <col min="4325" max="4325" width="12" style="2" customWidth="1"/>
+    <col min="4326" max="4326" width="9.296875" style="2" customWidth="1"/>
+    <col min="4327" max="4327" width="10.59765625" style="2" customWidth="1"/>
+    <col min="4328" max="4328" width="9" style="2" customWidth="1"/>
+    <col min="4329" max="4329" width="10.8984375" style="2" customWidth="1"/>
+    <col min="4330" max="4330" width="8.796875" style="2"/>
+    <col min="4331" max="4331" width="11.09765625" style="2" customWidth="1"/>
+    <col min="4332" max="4332" width="10.296875" style="2" customWidth="1"/>
+    <col min="4333" max="4333" width="11.296875" style="2" customWidth="1"/>
+    <col min="4334" max="4334" width="11.3984375" style="2" customWidth="1"/>
+    <col min="4335" max="4335" width="11.296875" style="2" customWidth="1"/>
+    <col min="4336" max="4578" width="8.796875" style="2"/>
+    <col min="4579" max="4579" width="14.8984375" style="2" customWidth="1"/>
+    <col min="4580" max="4580" width="11.69921875" style="2" customWidth="1"/>
+    <col min="4581" max="4581" width="12" style="2" customWidth="1"/>
+    <col min="4582" max="4582" width="9.296875" style="2" customWidth="1"/>
+    <col min="4583" max="4583" width="10.59765625" style="2" customWidth="1"/>
+    <col min="4584" max="4584" width="9" style="2" customWidth="1"/>
+    <col min="4585" max="4585" width="10.8984375" style="2" customWidth="1"/>
+    <col min="4586" max="4586" width="8.796875" style="2"/>
+    <col min="4587" max="4587" width="11.09765625" style="2" customWidth="1"/>
+    <col min="4588" max="4588" width="10.296875" style="2" customWidth="1"/>
+    <col min="4589" max="4589" width="11.296875" style="2" customWidth="1"/>
+    <col min="4590" max="4590" width="11.3984375" style="2" customWidth="1"/>
+    <col min="4591" max="4591" width="11.296875" style="2" customWidth="1"/>
+    <col min="4592" max="4834" width="8.796875" style="2"/>
+    <col min="4835" max="4835" width="14.8984375" style="2" customWidth="1"/>
+    <col min="4836" max="4836" width="11.69921875" style="2" customWidth="1"/>
+    <col min="4837" max="4837" width="12" style="2" customWidth="1"/>
+    <col min="4838" max="4838" width="9.296875" style="2" customWidth="1"/>
+    <col min="4839" max="4839" width="10.59765625" style="2" customWidth="1"/>
+    <col min="4840" max="4840" width="9" style="2" customWidth="1"/>
+    <col min="4841" max="4841" width="10.8984375" style="2" customWidth="1"/>
+    <col min="4842" max="4842" width="8.796875" style="2"/>
+    <col min="4843" max="4843" width="11.09765625" style="2" customWidth="1"/>
+    <col min="4844" max="4844" width="10.296875" style="2" customWidth="1"/>
+    <col min="4845" max="4845" width="11.296875" style="2" customWidth="1"/>
+    <col min="4846" max="4846" width="11.3984375" style="2" customWidth="1"/>
+    <col min="4847" max="4847" width="11.296875" style="2" customWidth="1"/>
+    <col min="4848" max="5090" width="8.796875" style="2"/>
+    <col min="5091" max="5091" width="14.8984375" style="2" customWidth="1"/>
+    <col min="5092" max="5092" width="11.69921875" style="2" customWidth="1"/>
+    <col min="5093" max="5093" width="12" style="2" customWidth="1"/>
+    <col min="5094" max="5094" width="9.296875" style="2" customWidth="1"/>
+    <col min="5095" max="5095" width="10.59765625" style="2" customWidth="1"/>
+    <col min="5096" max="5096" width="9" style="2" customWidth="1"/>
+    <col min="5097" max="5097" width="10.8984375" style="2" customWidth="1"/>
+    <col min="5098" max="5098" width="8.796875" style="2"/>
+    <col min="5099" max="5099" width="11.09765625" style="2" customWidth="1"/>
+    <col min="5100" max="5100" width="10.296875" style="2" customWidth="1"/>
+    <col min="5101" max="5101" width="11.296875" style="2" customWidth="1"/>
+    <col min="5102" max="5102" width="11.3984375" style="2" customWidth="1"/>
+    <col min="5103" max="5103" width="11.296875" style="2" customWidth="1"/>
+    <col min="5104" max="5346" width="8.796875" style="2"/>
+    <col min="5347" max="5347" width="14.8984375" style="2" customWidth="1"/>
+    <col min="5348" max="5348" width="11.69921875" style="2" customWidth="1"/>
+    <col min="5349" max="5349" width="12" style="2" customWidth="1"/>
+    <col min="5350" max="5350" width="9.296875" style="2" customWidth="1"/>
+    <col min="5351" max="5351" width="10.59765625" style="2" customWidth="1"/>
+    <col min="5352" max="5352" width="9" style="2" customWidth="1"/>
+    <col min="5353" max="5353" width="10.8984375" style="2" customWidth="1"/>
+    <col min="5354" max="5354" width="8.796875" style="2"/>
+    <col min="5355" max="5355" width="11.09765625" style="2" customWidth="1"/>
+    <col min="5356" max="5356" width="10.296875" style="2" customWidth="1"/>
+    <col min="5357" max="5357" width="11.296875" style="2" customWidth="1"/>
+    <col min="5358" max="5358" width="11.3984375" style="2" customWidth="1"/>
+    <col min="5359" max="5359" width="11.296875" style="2" customWidth="1"/>
+    <col min="5360" max="5602" width="8.796875" style="2"/>
+    <col min="5603" max="5603" width="14.8984375" style="2" customWidth="1"/>
+    <col min="5604" max="5604" width="11.69921875" style="2" customWidth="1"/>
+    <col min="5605" max="5605" width="12" style="2" customWidth="1"/>
+    <col min="5606" max="5606" width="9.296875" style="2" customWidth="1"/>
+    <col min="5607" max="5607" width="10.59765625" style="2" customWidth="1"/>
+    <col min="5608" max="5608" width="9" style="2" customWidth="1"/>
+    <col min="5609" max="5609" width="10.8984375" style="2" customWidth="1"/>
+    <col min="5610" max="5610" width="8.796875" style="2"/>
+    <col min="5611" max="5611" width="11.09765625" style="2" customWidth="1"/>
+    <col min="5612" max="5612" width="10.296875" style="2" customWidth="1"/>
+    <col min="5613" max="5613" width="11.296875" style="2" customWidth="1"/>
+    <col min="5614" max="5614" width="11.3984375" style="2" customWidth="1"/>
+    <col min="5615" max="5615" width="11.296875" style="2" customWidth="1"/>
+    <col min="5616" max="5858" width="8.796875" style="2"/>
+    <col min="5859" max="5859" width="14.8984375" style="2" customWidth="1"/>
+    <col min="5860" max="5860" width="11.69921875" style="2" customWidth="1"/>
+    <col min="5861" max="5861" width="12" style="2" customWidth="1"/>
+    <col min="5862" max="5862" width="9.296875" style="2" customWidth="1"/>
+    <col min="5863" max="5863" width="10.59765625" style="2" customWidth="1"/>
+    <col min="5864" max="5864" width="9" style="2" customWidth="1"/>
+    <col min="5865" max="5865" width="10.8984375" style="2" customWidth="1"/>
+    <col min="5866" max="5866" width="8.796875" style="2"/>
+    <col min="5867" max="5867" width="11.09765625" style="2" customWidth="1"/>
+    <col min="5868" max="5868" width="10.296875" style="2" customWidth="1"/>
+    <col min="5869" max="5869" width="11.296875" style="2" customWidth="1"/>
+    <col min="5870" max="5870" width="11.3984375" style="2" customWidth="1"/>
+    <col min="5871" max="5871" width="11.296875" style="2" customWidth="1"/>
+    <col min="5872" max="6114" width="8.796875" style="2"/>
+    <col min="6115" max="6115" width="14.8984375" style="2" customWidth="1"/>
+    <col min="6116" max="6116" width="11.69921875" style="2" customWidth="1"/>
+    <col min="6117" max="6117" width="12" style="2" customWidth="1"/>
+    <col min="6118" max="6118" width="9.296875" style="2" customWidth="1"/>
+    <col min="6119" max="6119" width="10.59765625" style="2" customWidth="1"/>
+    <col min="6120" max="6120" width="9" style="2" customWidth="1"/>
+    <col min="6121" max="6121" width="10.8984375" style="2" customWidth="1"/>
+    <col min="6122" max="6122" width="8.796875" style="2"/>
+    <col min="6123" max="6123" width="11.09765625" style="2" customWidth="1"/>
+    <col min="6124" max="6124" width="10.296875" style="2" customWidth="1"/>
+    <col min="6125" max="6125" width="11.296875" style="2" customWidth="1"/>
+    <col min="6126" max="6126" width="11.3984375" style="2" customWidth="1"/>
+    <col min="6127" max="6127" width="11.296875" style="2" customWidth="1"/>
+    <col min="6128" max="6370" width="8.796875" style="2"/>
+    <col min="6371" max="6371" width="14.8984375" style="2" customWidth="1"/>
+    <col min="6372" max="6372" width="11.69921875" style="2" customWidth="1"/>
+    <col min="6373" max="6373" width="12" style="2" customWidth="1"/>
+    <col min="6374" max="6374" width="9.296875" style="2" customWidth="1"/>
+    <col min="6375" max="6375" width="10.59765625" style="2" customWidth="1"/>
+    <col min="6376" max="6376" width="9" style="2" customWidth="1"/>
+    <col min="6377" max="6377" width="10.8984375" style="2" customWidth="1"/>
+    <col min="6378" max="6378" width="8.796875" style="2"/>
+    <col min="6379" max="6379" width="11.09765625" style="2" customWidth="1"/>
+    <col min="6380" max="6380" width="10.296875" style="2" customWidth="1"/>
+    <col min="6381" max="6381" width="11.296875" style="2" customWidth="1"/>
+    <col min="6382" max="6382" width="11.3984375" style="2" customWidth="1"/>
+    <col min="6383" max="6383" width="11.296875" style="2" customWidth="1"/>
+    <col min="6384" max="6626" width="8.796875" style="2"/>
+    <col min="6627" max="6627" width="14.8984375" style="2" customWidth="1"/>
+    <col min="6628" max="6628" width="11.69921875" style="2" customWidth="1"/>
+    <col min="6629" max="6629" width="12" style="2" customWidth="1"/>
+    <col min="6630" max="6630" width="9.296875" style="2" customWidth="1"/>
+    <col min="6631" max="6631" width="10.59765625" style="2" customWidth="1"/>
+    <col min="6632" max="6632" width="9" style="2" customWidth="1"/>
+    <col min="6633" max="6633" width="10.8984375" style="2" customWidth="1"/>
+    <col min="6634" max="6634" width="8.796875" style="2"/>
+    <col min="6635" max="6635" width="11.09765625" style="2" customWidth="1"/>
+    <col min="6636" max="6636" width="10.296875" style="2" customWidth="1"/>
+    <col min="6637" max="6637" width="11.296875" style="2" customWidth="1"/>
+    <col min="6638" max="6638" width="11.3984375" style="2" customWidth="1"/>
+    <col min="6639" max="6639" width="11.296875" style="2" customWidth="1"/>
+    <col min="6640" max="6882" width="8.796875" style="2"/>
+    <col min="6883" max="6883" width="14.8984375" style="2" customWidth="1"/>
+    <col min="6884" max="6884" width="11.69921875" style="2" customWidth="1"/>
+    <col min="6885" max="6885" width="12" style="2" customWidth="1"/>
+    <col min="6886" max="6886" width="9.296875" style="2" customWidth="1"/>
+    <col min="6887" max="6887" width="10.59765625" style="2" customWidth="1"/>
+    <col min="6888" max="6888" width="9" style="2" customWidth="1"/>
+    <col min="6889" max="6889" width="10.8984375" style="2" customWidth="1"/>
+    <col min="6890" max="6890" width="8.796875" style="2"/>
+    <col min="6891" max="6891" width="11.09765625" style="2" customWidth="1"/>
+    <col min="6892" max="6892" width="10.296875" style="2" customWidth="1"/>
+    <col min="6893" max="6893" width="11.296875" style="2" customWidth="1"/>
+    <col min="6894" max="6894" width="11.3984375" style="2" customWidth="1"/>
+    <col min="6895" max="6895" width="11.296875" style="2" customWidth="1"/>
+    <col min="6896" max="7138" width="8.796875" style="2"/>
+    <col min="7139" max="7139" width="14.8984375" style="2" customWidth="1"/>
+    <col min="7140" max="7140" width="11.69921875" style="2" customWidth="1"/>
+    <col min="7141" max="7141" width="12" style="2" customWidth="1"/>
+    <col min="7142" max="7142" width="9.296875" style="2" customWidth="1"/>
+    <col min="7143" max="7143" width="10.59765625" style="2" customWidth="1"/>
+    <col min="7144" max="7144" width="9" style="2" customWidth="1"/>
+    <col min="7145" max="7145" width="10.8984375" style="2" customWidth="1"/>
+    <col min="7146" max="7146" width="8.796875" style="2"/>
+    <col min="7147" max="7147" width="11.09765625" style="2" customWidth="1"/>
+    <col min="7148" max="7148" width="10.296875" style="2" customWidth="1"/>
+    <col min="7149" max="7149" width="11.296875" style="2" customWidth="1"/>
+    <col min="7150" max="7150" width="11.3984375" style="2" customWidth="1"/>
+    <col min="7151" max="7151" width="11.296875" style="2" customWidth="1"/>
+    <col min="7152" max="7394" width="8.796875" style="2"/>
+    <col min="7395" max="7395" width="14.8984375" style="2" customWidth="1"/>
+    <col min="7396" max="7396" width="11.69921875" style="2" customWidth="1"/>
+    <col min="7397" max="7397" width="12" style="2" customWidth="1"/>
+    <col min="7398" max="7398" width="9.296875" style="2" customWidth="1"/>
+    <col min="7399" max="7399" width="10.59765625" style="2" customWidth="1"/>
+    <col min="7400" max="7400" width="9" style="2" customWidth="1"/>
+    <col min="7401" max="7401" width="10.8984375" style="2" customWidth="1"/>
+    <col min="7402" max="7402" width="8.796875" style="2"/>
+    <col min="7403" max="7403" width="11.09765625" style="2" customWidth="1"/>
+    <col min="7404" max="7404" width="10.296875" style="2" customWidth="1"/>
+    <col min="7405" max="7405" width="11.296875" style="2" customWidth="1"/>
+    <col min="7406" max="7406" width="11.3984375" style="2" customWidth="1"/>
+    <col min="7407" max="7407" width="11.296875" style="2" customWidth="1"/>
+    <col min="7408" max="7650" width="8.796875" style="2"/>
+    <col min="7651" max="7651" width="14.8984375" style="2" customWidth="1"/>
+    <col min="7652" max="7652" width="11.69921875" style="2" customWidth="1"/>
+    <col min="7653" max="7653" width="12" style="2" customWidth="1"/>
+    <col min="7654" max="7654" width="9.296875" style="2" customWidth="1"/>
+    <col min="7655" max="7655" width="10.59765625" style="2" customWidth="1"/>
+    <col min="7656" max="7656" width="9" style="2" customWidth="1"/>
+    <col min="7657" max="7657" width="10.8984375" style="2" customWidth="1"/>
+    <col min="7658" max="7658" width="8.796875" style="2"/>
+    <col min="7659" max="7659" width="11.09765625" style="2" customWidth="1"/>
+    <col min="7660" max="7660" width="10.296875" style="2" customWidth="1"/>
+    <col min="7661" max="7661" width="11.296875" style="2" customWidth="1"/>
+    <col min="7662" max="7662" width="11.3984375" style="2" customWidth="1"/>
+    <col min="7663" max="7663" width="11.296875" style="2" customWidth="1"/>
+    <col min="7664" max="7906" width="8.796875" style="2"/>
+    <col min="7907" max="7907" width="14.8984375" style="2" customWidth="1"/>
+    <col min="7908" max="7908" width="11.69921875" style="2" customWidth="1"/>
+    <col min="7909" max="7909" width="12" style="2" customWidth="1"/>
+    <col min="7910" max="7910" width="9.296875" style="2" customWidth="1"/>
+    <col min="7911" max="7911" width="10.59765625" style="2" customWidth="1"/>
+    <col min="7912" max="7912" width="9" style="2" customWidth="1"/>
+    <col min="7913" max="7913" width="10.8984375" style="2" customWidth="1"/>
+    <col min="7914" max="7914" width="8.796875" style="2"/>
+    <col min="7915" max="7915" width="11.09765625" style="2" customWidth="1"/>
+    <col min="7916" max="7916" width="10.296875" style="2" customWidth="1"/>
+    <col min="7917" max="7917" width="11.296875" style="2" customWidth="1"/>
+    <col min="7918" max="7918" width="11.3984375" style="2" customWidth="1"/>
+    <col min="7919" max="7919" width="11.296875" style="2" customWidth="1"/>
+    <col min="7920" max="8162" width="8.796875" style="2"/>
+    <col min="8163" max="8163" width="14.8984375" style="2" customWidth="1"/>
+    <col min="8164" max="8164" width="11.69921875" style="2" customWidth="1"/>
+    <col min="8165" max="8165" width="12" style="2" customWidth="1"/>
+    <col min="8166" max="8166" width="9.296875" style="2" customWidth="1"/>
+    <col min="8167" max="8167" width="10.59765625" style="2" customWidth="1"/>
+    <col min="8168" max="8168" width="9" style="2" customWidth="1"/>
+    <col min="8169" max="8169" width="10.8984375" style="2" customWidth="1"/>
+    <col min="8170" max="8170" width="8.796875" style="2"/>
+    <col min="8171" max="8171" width="11.09765625" style="2" customWidth="1"/>
+    <col min="8172" max="8172" width="10.296875" style="2" customWidth="1"/>
+    <col min="8173" max="8173" width="11.296875" style="2" customWidth="1"/>
+    <col min="8174" max="8174" width="11.3984375" style="2" customWidth="1"/>
+    <col min="8175" max="8175" width="11.296875" style="2" customWidth="1"/>
+    <col min="8176" max="8418" width="8.796875" style="2"/>
+    <col min="8419" max="8419" width="14.8984375" style="2" customWidth="1"/>
+    <col min="8420" max="8420" width="11.69921875" style="2" customWidth="1"/>
+    <col min="8421" max="8421" width="12" style="2" customWidth="1"/>
+    <col min="8422" max="8422" width="9.296875" style="2" customWidth="1"/>
+    <col min="8423" max="8423" width="10.59765625" style="2" customWidth="1"/>
+    <col min="8424" max="8424" width="9" style="2" customWidth="1"/>
+    <col min="8425" max="8425" width="10.8984375" style="2" customWidth="1"/>
+    <col min="8426" max="8426" width="8.796875" style="2"/>
+    <col min="8427" max="8427" width="11.09765625" style="2" customWidth="1"/>
+    <col min="8428" max="8428" width="10.296875" style="2" customWidth="1"/>
+    <col min="8429" max="8429" width="11.296875" style="2" customWidth="1"/>
+    <col min="8430" max="8430" width="11.3984375" style="2" customWidth="1"/>
+    <col min="8431" max="8431" width="11.296875" style="2" customWidth="1"/>
+    <col min="8432" max="8674" width="8.796875" style="2"/>
+    <col min="8675" max="8675" width="14.8984375" style="2" customWidth="1"/>
+    <col min="8676" max="8676" width="11.69921875" style="2" customWidth="1"/>
+    <col min="8677" max="8677" width="12" style="2" customWidth="1"/>
+    <col min="8678" max="8678" width="9.296875" style="2" customWidth="1"/>
+    <col min="8679" max="8679" width="10.59765625" style="2" customWidth="1"/>
+    <col min="8680" max="8680" width="9" style="2" customWidth="1"/>
+    <col min="8681" max="8681" width="10.8984375" style="2" customWidth="1"/>
+    <col min="8682" max="8682" width="8.796875" style="2"/>
+    <col min="8683" max="8683" width="11.09765625" style="2" customWidth="1"/>
+    <col min="8684" max="8684" width="10.296875" style="2" customWidth="1"/>
+    <col min="8685" max="8685" width="11.296875" style="2" customWidth="1"/>
+    <col min="8686" max="8686" width="11.3984375" style="2" customWidth="1"/>
+    <col min="8687" max="8687" width="11.296875" style="2" customWidth="1"/>
+    <col min="8688" max="8930" width="8.796875" style="2"/>
+    <col min="8931" max="8931" width="14.8984375" style="2" customWidth="1"/>
+    <col min="8932" max="8932" width="11.69921875" style="2" customWidth="1"/>
+    <col min="8933" max="8933" width="12" style="2" customWidth="1"/>
+    <col min="8934" max="8934" width="9.296875" style="2" customWidth="1"/>
+    <col min="8935" max="8935" width="10.59765625" style="2" customWidth="1"/>
+    <col min="8936" max="8936" width="9" style="2" customWidth="1"/>
+    <col min="8937" max="8937" width="10.8984375" style="2" customWidth="1"/>
+    <col min="8938" max="8938" width="8.796875" style="2"/>
+    <col min="8939" max="8939" width="11.09765625" style="2" customWidth="1"/>
+    <col min="8940" max="8940" width="10.296875" style="2" customWidth="1"/>
+    <col min="8941" max="8941" width="11.296875" style="2" customWidth="1"/>
+    <col min="8942" max="8942" width="11.3984375" style="2" customWidth="1"/>
+    <col min="8943" max="8943" width="11.296875" style="2" customWidth="1"/>
+    <col min="8944" max="9186" width="8.796875" style="2"/>
+    <col min="9187" max="9187" width="14.8984375" style="2" customWidth="1"/>
+    <col min="9188" max="9188" width="11.69921875" style="2" customWidth="1"/>
+    <col min="9189" max="9189" width="12" style="2" customWidth="1"/>
+    <col min="9190" max="9190" width="9.296875" style="2" customWidth="1"/>
+    <col min="9191" max="9191" width="10.59765625" style="2" customWidth="1"/>
+    <col min="9192" max="9192" width="9" style="2" customWidth="1"/>
+    <col min="9193" max="9193" width="10.8984375" style="2" customWidth="1"/>
+    <col min="9194" max="9194" width="8.796875" style="2"/>
+    <col min="9195" max="9195" width="11.09765625" style="2" customWidth="1"/>
+    <col min="9196" max="9196" width="10.296875" style="2" customWidth="1"/>
+    <col min="9197" max="9197" width="11.296875" style="2" customWidth="1"/>
+    <col min="9198" max="9198" width="11.3984375" style="2" customWidth="1"/>
+    <col min="9199" max="9199" width="11.296875" style="2" customWidth="1"/>
+    <col min="9200" max="9442" width="8.796875" style="2"/>
+    <col min="9443" max="9443" width="14.8984375" style="2" customWidth="1"/>
+    <col min="9444" max="9444" width="11.69921875" style="2" customWidth="1"/>
+    <col min="9445" max="9445" width="12" style="2" customWidth="1"/>
+    <col min="9446" max="9446" width="9.296875" style="2" customWidth="1"/>
+    <col min="9447" max="9447" width="10.59765625" style="2" customWidth="1"/>
+    <col min="9448" max="9448" width="9" style="2" customWidth="1"/>
+    <col min="9449" max="9449" width="10.8984375" style="2" customWidth="1"/>
+    <col min="9450" max="9450" width="8.796875" style="2"/>
+    <col min="9451" max="9451" width="11.09765625" style="2" customWidth="1"/>
+    <col min="9452" max="9452" width="10.296875" style="2" customWidth="1"/>
+    <col min="9453" max="9453" width="11.296875" style="2" customWidth="1"/>
+    <col min="9454" max="9454" width="11.3984375" style="2" customWidth="1"/>
+    <col min="9455" max="9455" width="11.296875" style="2" customWidth="1"/>
+    <col min="9456" max="9698" width="8.796875" style="2"/>
+    <col min="9699" max="9699" width="14.8984375" style="2" customWidth="1"/>
+    <col min="9700" max="9700" width="11.69921875" style="2" customWidth="1"/>
+    <col min="9701" max="9701" width="12" style="2" customWidth="1"/>
+    <col min="9702" max="9702" width="9.296875" style="2" customWidth="1"/>
+    <col min="9703" max="9703" width="10.59765625" style="2" customWidth="1"/>
+    <col min="9704" max="9704" width="9" style="2" customWidth="1"/>
+    <col min="9705" max="9705" width="10.8984375" style="2" customWidth="1"/>
+    <col min="9706" max="9706" width="8.796875" style="2"/>
+    <col min="9707" max="9707" width="11.09765625" style="2" customWidth="1"/>
+    <col min="9708" max="9708" width="10.296875" style="2" customWidth="1"/>
+    <col min="9709" max="9709" width="11.296875" style="2" customWidth="1"/>
+    <col min="9710" max="9710" width="11.3984375" style="2" customWidth="1"/>
+    <col min="9711" max="9711" width="11.296875" style="2" customWidth="1"/>
+    <col min="9712" max="9954" width="8.796875" style="2"/>
+    <col min="9955" max="9955" width="14.8984375" style="2" customWidth="1"/>
+    <col min="9956" max="9956" width="11.69921875" style="2" customWidth="1"/>
+    <col min="9957" max="9957" width="12" style="2" customWidth="1"/>
+    <col min="9958" max="9958" width="9.296875" style="2" customWidth="1"/>
+    <col min="9959" max="9959" width="10.59765625" style="2" customWidth="1"/>
+    <col min="9960" max="9960" width="9" style="2" customWidth="1"/>
+    <col min="9961" max="9961" width="10.8984375" style="2" customWidth="1"/>
+    <col min="9962" max="9962" width="8.796875" style="2"/>
+    <col min="9963" max="9963" width="11.09765625" style="2" customWidth="1"/>
+    <col min="9964" max="9964" width="10.296875" style="2" customWidth="1"/>
+    <col min="9965" max="9965" width="11.296875" style="2" customWidth="1"/>
+    <col min="9966" max="9966" width="11.3984375" style="2" customWidth="1"/>
+    <col min="9967" max="9967" width="11.296875" style="2" customWidth="1"/>
+    <col min="9968" max="10210" width="8.796875" style="2"/>
+    <col min="10211" max="10211" width="14.8984375" style="2" customWidth="1"/>
+    <col min="10212" max="10212" width="11.69921875" style="2" customWidth="1"/>
+    <col min="10213" max="10213" width="12" style="2" customWidth="1"/>
+    <col min="10214" max="10214" width="9.296875" style="2" customWidth="1"/>
+    <col min="10215" max="10215" width="10.59765625" style="2" customWidth="1"/>
+    <col min="10216" max="10216" width="9" style="2" customWidth="1"/>
+    <col min="10217" max="10217" width="10.8984375" style="2" customWidth="1"/>
+    <col min="10218" max="10218" width="8.796875" style="2"/>
+    <col min="10219" max="10219" width="11.09765625" style="2" customWidth="1"/>
+    <col min="10220" max="10220" width="10.296875" style="2" customWidth="1"/>
+    <col min="10221" max="10221" width="11.296875" style="2" customWidth="1"/>
+    <col min="10222" max="10222" width="11.3984375" style="2" customWidth="1"/>
+    <col min="10223" max="10223" width="11.296875" style="2" customWidth="1"/>
+    <col min="10224" max="10466" width="8.796875" style="2"/>
+    <col min="10467" max="10467" width="14.8984375" style="2" customWidth="1"/>
+    <col min="10468" max="10468" width="11.69921875" style="2" customWidth="1"/>
+    <col min="10469" max="10469" width="12" style="2" customWidth="1"/>
+    <col min="10470" max="10470" width="9.296875" style="2" customWidth="1"/>
+    <col min="10471" max="10471" width="10.59765625" style="2" customWidth="1"/>
+    <col min="10472" max="10472" width="9" style="2" customWidth="1"/>
+    <col min="10473" max="10473" width="10.8984375" style="2" customWidth="1"/>
+    <col min="10474" max="10474" width="8.796875" style="2"/>
+    <col min="10475" max="10475" width="11.09765625" style="2" customWidth="1"/>
+    <col min="10476" max="10476" width="10.296875" style="2" customWidth="1"/>
+    <col min="10477" max="10477" width="11.296875" style="2" customWidth="1"/>
+    <col min="10478" max="10478" width="11.3984375" style="2" customWidth="1"/>
+    <col min="10479" max="10479" width="11.296875" style="2" customWidth="1"/>
+    <col min="10480" max="10722" width="8.796875" style="2"/>
+    <col min="10723" max="10723" width="14.8984375" style="2" customWidth="1"/>
+    <col min="10724" max="10724" width="11.69921875" style="2" customWidth="1"/>
+    <col min="10725" max="10725" width="12" style="2" customWidth="1"/>
+    <col min="10726" max="10726" width="9.296875" style="2" customWidth="1"/>
+    <col min="10727" max="10727" width="10.59765625" style="2" customWidth="1"/>
+    <col min="10728" max="10728" width="9" style="2" customWidth="1"/>
+    <col min="10729" max="10729" width="10.8984375" style="2" customWidth="1"/>
+    <col min="10730" max="10730" width="8.796875" style="2"/>
+    <col min="10731" max="10731" width="11.09765625" style="2" customWidth="1"/>
+    <col min="10732" max="10732" width="10.296875" style="2" customWidth="1"/>
+    <col min="10733" max="10733" width="11.296875" style="2" customWidth="1"/>
+    <col min="10734" max="10734" width="11.3984375" style="2" customWidth="1"/>
+    <col min="10735" max="10735" width="11.296875" style="2" customWidth="1"/>
+    <col min="10736" max="10978" width="8.796875" style="2"/>
+    <col min="10979" max="10979" width="14.8984375" style="2" customWidth="1"/>
+    <col min="10980" max="10980" width="11.69921875" style="2" customWidth="1"/>
+    <col min="10981" max="10981" width="12" style="2" customWidth="1"/>
+    <col min="10982" max="10982" width="9.296875" style="2" customWidth="1"/>
+    <col min="10983" max="10983" width="10.59765625" style="2" customWidth="1"/>
+    <col min="10984" max="10984" width="9" style="2" customWidth="1"/>
+    <col min="10985" max="10985" width="10.8984375" style="2" customWidth="1"/>
+    <col min="10986" max="10986" width="8.796875" style="2"/>
+    <col min="10987" max="10987" width="11.09765625" style="2" customWidth="1"/>
+    <col min="10988" max="10988" width="10.296875" style="2" customWidth="1"/>
+    <col min="10989" max="10989" width="11.296875" style="2" customWidth="1"/>
+    <col min="10990" max="10990" width="11.3984375" style="2" customWidth="1"/>
+    <col min="10991" max="10991" width="11.296875" style="2" customWidth="1"/>
+    <col min="10992" max="11234" width="8.796875" style="2"/>
+    <col min="11235" max="11235" width="14.8984375" style="2" customWidth="1"/>
+    <col min="11236" max="11236" width="11.69921875" style="2" customWidth="1"/>
+    <col min="11237" max="11237" width="12" style="2" customWidth="1"/>
+    <col min="11238" max="11238" width="9.296875" style="2" customWidth="1"/>
+    <col min="11239" max="11239" width="10.59765625" style="2" customWidth="1"/>
+    <col min="11240" max="11240" width="9" style="2" customWidth="1"/>
+    <col min="11241" max="11241" width="10.8984375" style="2" customWidth="1"/>
+    <col min="11242" max="11242" width="8.796875" style="2"/>
+    <col min="11243" max="11243" width="11.09765625" style="2" customWidth="1"/>
+    <col min="11244" max="11244" width="10.296875" style="2" customWidth="1"/>
+    <col min="11245" max="11245" width="11.296875" style="2" customWidth="1"/>
+    <col min="11246" max="11246" width="11.3984375" style="2" customWidth="1"/>
+    <col min="11247" max="11247" width="11.296875" style="2" customWidth="1"/>
+    <col min="11248" max="11490" width="8.796875" style="2"/>
+    <col min="11491" max="11491" width="14.8984375" style="2" customWidth="1"/>
+    <col min="11492" max="11492" width="11.69921875" style="2" customWidth="1"/>
+    <col min="11493" max="11493" width="12" style="2" customWidth="1"/>
+    <col min="11494" max="11494" width="9.296875" style="2" customWidth="1"/>
+    <col min="11495" max="11495" width="10.59765625" style="2" customWidth="1"/>
+    <col min="11496" max="11496" width="9" style="2" customWidth="1"/>
+    <col min="11497" max="11497" width="10.8984375" style="2" customWidth="1"/>
+    <col min="11498" max="11498" width="8.796875" style="2"/>
+    <col min="11499" max="11499" width="11.09765625" style="2" customWidth="1"/>
+    <col min="11500" max="11500" width="10.296875" style="2" customWidth="1"/>
+    <col min="11501" max="11501" width="11.296875" style="2" customWidth="1"/>
+    <col min="11502" max="11502" width="11.3984375" style="2" customWidth="1"/>
+    <col min="11503" max="11503" width="11.296875" style="2" customWidth="1"/>
+    <col min="11504" max="11746" width="8.796875" style="2"/>
+    <col min="11747" max="11747" width="14.8984375" style="2" customWidth="1"/>
+    <col min="11748" max="11748" width="11.69921875" style="2" customWidth="1"/>
+    <col min="11749" max="11749" width="12" style="2" customWidth="1"/>
+    <col min="11750" max="11750" width="9.296875" style="2" customWidth="1"/>
+    <col min="11751" max="11751" width="10.59765625" style="2" customWidth="1"/>
+    <col min="11752" max="11752" width="9" style="2" customWidth="1"/>
+    <col min="11753" max="11753" width="10.8984375" style="2" customWidth="1"/>
+    <col min="11754" max="11754" width="8.796875" style="2"/>
+    <col min="11755" max="11755" width="11.09765625" style="2" customWidth="1"/>
+    <col min="11756" max="11756" width="10.296875" style="2" customWidth="1"/>
+    <col min="11757" max="11757" width="11.296875" style="2" customWidth="1"/>
+    <col min="11758" max="11758" width="11.3984375" style="2" customWidth="1"/>
+    <col min="11759" max="11759" width="11.296875" style="2" customWidth="1"/>
+    <col min="11760" max="12002" width="8.796875" style="2"/>
+    <col min="12003" max="12003" width="14.8984375" style="2" customWidth="1"/>
+    <col min="12004" max="12004" width="11.69921875" style="2" customWidth="1"/>
+    <col min="12005" max="12005" width="12" style="2" customWidth="1"/>
+    <col min="12006" max="12006" width="9.296875" style="2" customWidth="1"/>
+    <col min="12007" max="12007" width="10.59765625" style="2" customWidth="1"/>
+    <col min="12008" max="12008" width="9" style="2" customWidth="1"/>
+    <col min="12009" max="12009" width="10.8984375" style="2" customWidth="1"/>
+    <col min="12010" max="12010" width="8.796875" style="2"/>
+    <col min="12011" max="12011" width="11.09765625" style="2" customWidth="1"/>
+    <col min="12012" max="12012" width="10.296875" style="2" customWidth="1"/>
+    <col min="12013" max="12013" width="11.296875" style="2" customWidth="1"/>
+    <col min="12014" max="12014" width="11.3984375" style="2" customWidth="1"/>
+    <col min="12015" max="12015" width="11.296875" style="2" customWidth="1"/>
+    <col min="12016" max="12258" width="8.796875" style="2"/>
+    <col min="12259" max="12259" width="14.8984375" style="2" customWidth="1"/>
+    <col min="12260" max="12260" width="11.69921875" style="2" customWidth="1"/>
+    <col min="12261" max="12261" width="12" style="2" customWidth="1"/>
+    <col min="12262" max="12262" width="9.296875" style="2" customWidth="1"/>
+    <col min="12263" max="12263" width="10.59765625" style="2" customWidth="1"/>
+    <col min="12264" max="12264" width="9" style="2" customWidth="1"/>
+    <col min="12265" max="12265" width="10.8984375" style="2" customWidth="1"/>
+    <col min="12266" max="12266" width="8.796875" style="2"/>
+    <col min="12267" max="12267" width="11.09765625" style="2" customWidth="1"/>
+    <col min="12268" max="12268" width="10.296875" style="2" customWidth="1"/>
+    <col min="12269" max="12269" width="11.296875" style="2" customWidth="1"/>
+    <col min="12270" max="12270" width="11.3984375" style="2" customWidth="1"/>
+    <col min="12271" max="12271" width="11.296875" style="2" customWidth="1"/>
+    <col min="12272" max="12514" width="8.796875" style="2"/>
+    <col min="12515" max="12515" width="14.8984375" style="2" customWidth="1"/>
+    <col min="12516" max="12516" width="11.69921875" style="2" customWidth="1"/>
+    <col min="12517" max="12517" width="12" style="2" customWidth="1"/>
+    <col min="12518" max="12518" width="9.296875" style="2" customWidth="1"/>
+    <col min="12519" max="12519" width="10.59765625" style="2" customWidth="1"/>
+    <col min="12520" max="12520" width="9" style="2" customWidth="1"/>
+    <col min="12521" max="12521" width="10.8984375" style="2" customWidth="1"/>
+    <col min="12522" max="12522" width="8.796875" style="2"/>
+    <col min="12523" max="12523" width="11.09765625" style="2" customWidth="1"/>
+    <col min="12524" max="12524" width="10.296875" style="2" customWidth="1"/>
+    <col min="12525" max="12525" width="11.296875" style="2" customWidth="1"/>
+    <col min="12526" max="12526" width="11.3984375" style="2" customWidth="1"/>
+    <col min="12527" max="12527" width="11.296875" style="2" customWidth="1"/>
+    <col min="12528" max="12770" width="8.796875" style="2"/>
+    <col min="12771" max="12771" width="14.8984375" style="2" customWidth="1"/>
+    <col min="12772" max="12772" width="11.69921875" style="2" customWidth="1"/>
+    <col min="12773" max="12773" width="12" style="2" customWidth="1"/>
+    <col min="12774" max="12774" width="9.296875" style="2" customWidth="1"/>
+    <col min="12775" max="12775" width="10.59765625" style="2" customWidth="1"/>
+    <col min="12776" max="12776" width="9" style="2" customWidth="1"/>
+    <col min="12777" max="12777" width="10.8984375" style="2" customWidth="1"/>
+    <col min="12778" max="12778" width="8.796875" style="2"/>
+    <col min="12779" max="12779" width="11.09765625" style="2" customWidth="1"/>
+    <col min="12780" max="12780" width="10.296875" style="2" customWidth="1"/>
+    <col min="12781" max="12781" width="11.296875" style="2" customWidth="1"/>
+    <col min="12782" max="12782" width="11.3984375" style="2" customWidth="1"/>
+    <col min="12783" max="12783" width="11.296875" style="2" customWidth="1"/>
+    <col min="12784" max="13026" width="8.796875" style="2"/>
+    <col min="13027" max="13027" width="14.8984375" style="2" customWidth="1"/>
+    <col min="13028" max="13028" width="11.69921875" style="2" customWidth="1"/>
+    <col min="13029" max="13029" width="12" style="2" customWidth="1"/>
+    <col min="13030" max="13030" width="9.296875" style="2" customWidth="1"/>
+    <col min="13031" max="13031" width="10.59765625" style="2" customWidth="1"/>
+    <col min="13032" max="13032" width="9" style="2" customWidth="1"/>
+    <col min="13033" max="13033" width="10.8984375" style="2" customWidth="1"/>
+    <col min="13034" max="13034" width="8.796875" style="2"/>
+    <col min="13035" max="13035" width="11.09765625" style="2" customWidth="1"/>
+    <col min="13036" max="13036" width="10.296875" style="2" customWidth="1"/>
+    <col min="13037" max="13037" width="11.296875" style="2" customWidth="1"/>
+    <col min="13038" max="13038" width="11.3984375" style="2" customWidth="1"/>
+    <col min="13039" max="13039" width="11.296875" style="2" customWidth="1"/>
+    <col min="13040" max="13282" width="8.796875" style="2"/>
+    <col min="13283" max="13283" width="14.8984375" style="2" customWidth="1"/>
+    <col min="13284" max="13284" width="11.69921875" style="2" customWidth="1"/>
+    <col min="13285" max="13285" width="12" style="2" customWidth="1"/>
+    <col min="13286" max="13286" width="9.296875" style="2" customWidth="1"/>
+    <col min="13287" max="13287" width="10.59765625" style="2" customWidth="1"/>
+    <col min="13288" max="13288" width="9" style="2" customWidth="1"/>
+    <col min="13289" max="13289" width="10.8984375" style="2" customWidth="1"/>
+    <col min="13290" max="13290" width="8.796875" style="2"/>
+    <col min="13291" max="13291" width="11.09765625" style="2" customWidth="1"/>
+    <col min="13292" max="13292" width="10.296875" style="2" customWidth="1"/>
+    <col min="13293" max="13293" width="11.296875" style="2" customWidth="1"/>
+    <col min="13294" max="13294" width="11.3984375" style="2" customWidth="1"/>
+    <col min="13295" max="13295" width="11.296875" style="2" customWidth="1"/>
+    <col min="13296" max="13538" width="8.796875" style="2"/>
+    <col min="13539" max="13539" width="14.8984375" style="2" customWidth="1"/>
+    <col min="13540" max="13540" width="11.69921875" style="2" customWidth="1"/>
+    <col min="13541" max="13541" width="12" style="2" customWidth="1"/>
+    <col min="13542" max="13542" width="9.296875" style="2" customWidth="1"/>
+    <col min="13543" max="13543" width="10.59765625" style="2" customWidth="1"/>
+    <col min="13544" max="13544" width="9" style="2" customWidth="1"/>
+    <col min="13545" max="13545" width="10.8984375" style="2" customWidth="1"/>
+    <col min="13546" max="13546" width="8.796875" style="2"/>
+    <col min="13547" max="13547" width="11.09765625" style="2" customWidth="1"/>
+    <col min="13548" max="13548" width="10.296875" style="2" customWidth="1"/>
+    <col min="13549" max="13549" width="11.296875" style="2" customWidth="1"/>
+    <col min="13550" max="13550" width="11.3984375" style="2" customWidth="1"/>
+    <col min="13551" max="13551" width="11.296875" style="2" customWidth="1"/>
+    <col min="13552" max="13794" width="8.796875" style="2"/>
+    <col min="13795" max="13795" width="14.8984375" style="2" customWidth="1"/>
+    <col min="13796" max="13796" width="11.69921875" style="2" customWidth="1"/>
+    <col min="13797" max="13797" width="12" style="2" customWidth="1"/>
+    <col min="13798" max="13798" width="9.296875" style="2" customWidth="1"/>
+    <col min="13799" max="13799" width="10.59765625" style="2" customWidth="1"/>
+    <col min="13800" max="13800" width="9" style="2" customWidth="1"/>
+    <col min="13801" max="13801" width="10.8984375" style="2" customWidth="1"/>
+    <col min="13802" max="13802" width="8.796875" style="2"/>
+    <col min="13803" max="13803" width="11.09765625" style="2" customWidth="1"/>
+    <col min="13804" max="13804" width="10.296875" style="2" customWidth="1"/>
+    <col min="13805" max="13805" width="11.296875" style="2" customWidth="1"/>
+    <col min="13806" max="13806" width="11.3984375" style="2" customWidth="1"/>
+    <col min="13807" max="13807" width="11.296875" style="2" customWidth="1"/>
+    <col min="13808" max="14050" width="8.796875" style="2"/>
+    <col min="14051" max="14051" width="14.8984375" style="2" customWidth="1"/>
+    <col min="14052" max="14052" width="11.69921875" style="2" customWidth="1"/>
+    <col min="14053" max="14053" width="12" style="2" customWidth="1"/>
+    <col min="14054" max="14054" width="9.296875" style="2" customWidth="1"/>
+    <col min="14055" max="14055" width="10.59765625" style="2" customWidth="1"/>
+    <col min="14056" max="14056" width="9" style="2" customWidth="1"/>
+    <col min="14057" max="14057" width="10.8984375" style="2" customWidth="1"/>
+    <col min="14058" max="14058" width="8.796875" style="2"/>
+    <col min="14059" max="14059" width="11.09765625" style="2" customWidth="1"/>
+    <col min="14060" max="14060" width="10.296875" style="2" customWidth="1"/>
+    <col min="14061" max="14061" width="11.296875" style="2" customWidth="1"/>
+    <col min="14062" max="14062" width="11.3984375" style="2" customWidth="1"/>
+    <col min="14063" max="14063" width="11.296875" style="2" customWidth="1"/>
+    <col min="14064" max="14306" width="8.796875" style="2"/>
+    <col min="14307" max="14307" width="14.8984375" style="2" customWidth="1"/>
+    <col min="14308" max="14308" width="11.69921875" style="2" customWidth="1"/>
+    <col min="14309" max="14309" width="12" style="2" customWidth="1"/>
+    <col min="14310" max="14310" width="9.296875" style="2" customWidth="1"/>
+    <col min="14311" max="14311" width="10.59765625" style="2" customWidth="1"/>
+    <col min="14312" max="14312" width="9" style="2" customWidth="1"/>
+    <col min="14313" max="14313" width="10.8984375" style="2" customWidth="1"/>
+    <col min="14314" max="14314" width="8.796875" style="2"/>
+    <col min="14315" max="14315" width="11.09765625" style="2" customWidth="1"/>
+    <col min="14316" max="14316" width="10.296875" style="2" customWidth="1"/>
+    <col min="14317" max="14317" width="11.296875" style="2" customWidth="1"/>
+    <col min="14318" max="14318" width="11.3984375" style="2" customWidth="1"/>
+    <col min="14319" max="14319" width="11.296875" style="2" customWidth="1"/>
+    <col min="14320" max="14562" width="8.796875" style="2"/>
+    <col min="14563" max="14563" width="14.8984375" style="2" customWidth="1"/>
+    <col min="14564" max="14564" width="11.69921875" style="2" customWidth="1"/>
+    <col min="14565" max="14565" width="12" style="2" customWidth="1"/>
+    <col min="14566" max="14566" width="9.296875" style="2" customWidth="1"/>
+    <col min="14567" max="14567" width="10.59765625" style="2" customWidth="1"/>
+    <col min="14568" max="14568" width="9" style="2" customWidth="1"/>
+    <col min="14569" max="14569" width="10.8984375" style="2" customWidth="1"/>
+    <col min="14570" max="14570" width="8.796875" style="2"/>
+    <col min="14571" max="14571" width="11.09765625" style="2" customWidth="1"/>
+    <col min="14572" max="14572" width="10.296875" style="2" customWidth="1"/>
+    <col min="14573" max="14573" width="11.296875" style="2" customWidth="1"/>
+    <col min="14574" max="14574" width="11.3984375" style="2" customWidth="1"/>
+    <col min="14575" max="14575" width="11.296875" style="2" customWidth="1"/>
+    <col min="14576" max="14818" width="8.796875" style="2"/>
+    <col min="14819" max="14819" width="14.8984375" style="2" customWidth="1"/>
+    <col min="14820" max="14820" width="11.69921875" style="2" customWidth="1"/>
+    <col min="14821" max="14821" width="12" style="2" customWidth="1"/>
+    <col min="14822" max="14822" width="9.296875" style="2" customWidth="1"/>
+    <col min="14823" max="14823" width="10.59765625" style="2" customWidth="1"/>
+    <col min="14824" max="14824" width="9" style="2" customWidth="1"/>
+    <col min="14825" max="14825" width="10.8984375" style="2" customWidth="1"/>
+    <col min="14826" max="14826" width="8.796875" style="2"/>
+    <col min="14827" max="14827" width="11.09765625" style="2" customWidth="1"/>
+    <col min="14828" max="14828" width="10.296875" style="2" customWidth="1"/>
+    <col min="14829" max="14829" width="11.296875" style="2" customWidth="1"/>
+    <col min="14830" max="14830" width="11.3984375" style="2" customWidth="1"/>
+    <col min="14831" max="14831" width="11.296875" style="2" customWidth="1"/>
+    <col min="14832" max="15074" width="8.796875" style="2"/>
+    <col min="15075" max="15075" width="14.8984375" style="2" customWidth="1"/>
+    <col min="15076" max="15076" width="11.69921875" style="2" customWidth="1"/>
+    <col min="15077" max="15077" width="12" style="2" customWidth="1"/>
+    <col min="15078" max="15078" width="9.296875" style="2" customWidth="1"/>
+    <col min="15079" max="15079" width="10.59765625" style="2" customWidth="1"/>
+    <col min="15080" max="15080" width="9" style="2" customWidth="1"/>
+    <col min="15081" max="15081" width="10.8984375" style="2" customWidth="1"/>
+    <col min="15082" max="15082" width="8.796875" style="2"/>
+    <col min="15083" max="15083" width="11.09765625" style="2" customWidth="1"/>
+    <col min="15084" max="15084" width="10.296875" style="2" customWidth="1"/>
+    <col min="15085" max="15085" width="11.296875" style="2" customWidth="1"/>
+    <col min="15086" max="15086" width="11.3984375" style="2" customWidth="1"/>
+    <col min="15087" max="15087" width="11.296875" style="2" customWidth="1"/>
+    <col min="15088" max="15330" width="8.796875" style="2"/>
+    <col min="15331" max="15331" width="14.8984375" style="2" customWidth="1"/>
+    <col min="15332" max="15332" width="11.69921875" style="2" customWidth="1"/>
+    <col min="15333" max="15333" width="12" style="2" customWidth="1"/>
+    <col min="15334" max="15334" width="9.296875" style="2" customWidth="1"/>
+    <col min="15335" max="15335" width="10.59765625" style="2" customWidth="1"/>
+    <col min="15336" max="15336" width="9" style="2" customWidth="1"/>
+    <col min="15337" max="15337" width="10.8984375" style="2" customWidth="1"/>
+    <col min="15338" max="15338" width="8.796875" style="2"/>
+    <col min="15339" max="15339" width="11.09765625" style="2" customWidth="1"/>
+    <col min="15340" max="15340" width="10.296875" style="2" customWidth="1"/>
+    <col min="15341" max="15341" width="11.296875" style="2" customWidth="1"/>
+    <col min="15342" max="15342" width="11.3984375" style="2" customWidth="1"/>
+    <col min="15343" max="15343" width="11.296875" style="2" customWidth="1"/>
+    <col min="15344" max="15586" width="8.796875" style="2"/>
+    <col min="15587" max="15587" width="14.8984375" style="2" customWidth="1"/>
+    <col min="15588" max="15588" width="11.69921875" style="2" customWidth="1"/>
+    <col min="15589" max="15589" width="12" style="2" customWidth="1"/>
+    <col min="15590" max="15590" width="9.296875" style="2" customWidth="1"/>
+    <col min="15591" max="15591" width="10.59765625" style="2" customWidth="1"/>
+    <col min="15592" max="15592" width="9" style="2" customWidth="1"/>
+    <col min="15593" max="15593" width="10.8984375" style="2" customWidth="1"/>
+    <col min="15594" max="15594" width="8.796875" style="2"/>
+    <col min="15595" max="15595" width="11.09765625" style="2" customWidth="1"/>
+    <col min="15596" max="15596" width="10.296875" style="2" customWidth="1"/>
+    <col min="15597" max="15597" width="11.296875" style="2" customWidth="1"/>
+    <col min="15598" max="15598" width="11.3984375" style="2" customWidth="1"/>
+    <col min="15599" max="15599" width="11.296875" style="2" customWidth="1"/>
+    <col min="15600" max="15842" width="8.796875" style="2"/>
+    <col min="15843" max="15843" width="14.8984375" style="2" customWidth="1"/>
+    <col min="15844" max="15844" width="11.69921875" style="2" customWidth="1"/>
+    <col min="15845" max="15845" width="12" style="2" customWidth="1"/>
+    <col min="15846" max="15846" width="9.296875" style="2" customWidth="1"/>
+    <col min="15847" max="15847" width="10.59765625" style="2" customWidth="1"/>
+    <col min="15848" max="15848" width="9" style="2" customWidth="1"/>
+    <col min="15849" max="15849" width="10.8984375" style="2" customWidth="1"/>
+    <col min="15850" max="15850" width="8.796875" style="2"/>
+    <col min="15851" max="15851" width="11.09765625" style="2" customWidth="1"/>
+    <col min="15852" max="15852" width="10.296875" style="2" customWidth="1"/>
+    <col min="15853" max="15853" width="11.296875" style="2" customWidth="1"/>
+    <col min="15854" max="15854" width="11.3984375" style="2" customWidth="1"/>
+    <col min="15855" max="15855" width="11.296875" style="2" customWidth="1"/>
+    <col min="15856" max="16098" width="8.796875" style="2"/>
+    <col min="16099" max="16099" width="14.8984375" style="2" customWidth="1"/>
+    <col min="16100" max="16100" width="11.69921875" style="2" customWidth="1"/>
+    <col min="16101" max="16101" width="12" style="2" customWidth="1"/>
+    <col min="16102" max="16102" width="9.296875" style="2" customWidth="1"/>
+    <col min="16103" max="16103" width="10.59765625" style="2" customWidth="1"/>
+    <col min="16104" max="16104" width="9" style="2" customWidth="1"/>
+    <col min="16105" max="16105" width="10.8984375" style="2" customWidth="1"/>
+    <col min="16106" max="16106" width="8.796875" style="2"/>
+    <col min="16107" max="16107" width="11.09765625" style="2" customWidth="1"/>
+    <col min="16108" max="16108" width="10.296875" style="2" customWidth="1"/>
+    <col min="16109" max="16109" width="11.296875" style="2" customWidth="1"/>
+    <col min="16110" max="16110" width="11.3984375" style="2" customWidth="1"/>
+    <col min="16111" max="16111" width="11.296875" style="2" customWidth="1"/>
+    <col min="16112" max="16355" width="8.796875" style="2"/>
+    <col min="16356" max="16384" width="8.8984375" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.5">
-[...14 lines deleted...]
-      <c r="M1" s="2"/>
+    <row r="1" spans="1:24" s="11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A1" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B1" s="10"/>
+      <c r="C1" s="10"/>
+      <c r="D1" s="10"/>
+      <c r="E1" s="10"/>
+      <c r="F1" s="10"/>
+      <c r="G1" s="10"/>
+      <c r="H1" s="10"/>
+      <c r="I1" s="10"/>
+      <c r="J1" s="10"/>
+      <c r="K1" s="10"/>
+      <c r="L1" s="10"/>
+      <c r="M1" s="10"/>
+      <c r="N1" s="15"/>
+      <c r="O1" s="15"/>
+      <c r="P1" s="15"/>
+      <c r="Q1" s="15"/>
+      <c r="R1" s="15"/>
+      <c r="S1" s="15"/>
+      <c r="T1" s="15"/>
+      <c r="U1" s="15"/>
+      <c r="V1" s="15"/>
+      <c r="W1" s="15"/>
+      <c r="X1" s="15"/>
     </row>
-    <row r="2" spans="1:14" s="3" customFormat="1" ht="1.5" customHeight="1" x14ac:dyDescent="0.5">
-[...12 lines deleted...]
-      <c r="M2" s="2"/>
+    <row r="2" spans="1:24" s="11" customFormat="1" ht="1.5" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A2" s="9"/>
+      <c r="B2" s="10"/>
+      <c r="C2" s="10"/>
+      <c r="D2" s="10"/>
+      <c r="E2" s="10"/>
+      <c r="F2" s="10"/>
+      <c r="G2" s="10"/>
+      <c r="H2" s="10"/>
+      <c r="I2" s="10"/>
+      <c r="J2" s="10"/>
+      <c r="K2" s="10"/>
+      <c r="L2" s="10"/>
+      <c r="M2" s="10"/>
+      <c r="N2" s="15"/>
+      <c r="O2" s="15"/>
+      <c r="P2" s="15"/>
+      <c r="Q2" s="15"/>
+      <c r="R2" s="15"/>
+      <c r="S2" s="15"/>
+      <c r="T2" s="15"/>
+      <c r="U2" s="15"/>
+      <c r="V2" s="15"/>
+      <c r="W2" s="15"/>
+      <c r="X2" s="15"/>
     </row>
-    <row r="3" spans="1:14" s="3" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.5">
-[...12 lines deleted...]
-      <c r="M3" s="2"/>
+    <row r="3" spans="1:24" s="11" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A3" s="9"/>
+      <c r="B3" s="10"/>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="E3" s="10"/>
+      <c r="F3" s="10"/>
+      <c r="G3" s="10"/>
+      <c r="H3" s="10"/>
+      <c r="I3" s="10"/>
+      <c r="J3" s="10"/>
+      <c r="K3" s="10"/>
+      <c r="L3" s="10"/>
+      <c r="M3" s="10"/>
+      <c r="N3" s="15"/>
+      <c r="O3" s="15"/>
+      <c r="P3" s="15"/>
+      <c r="Q3" s="15"/>
+      <c r="R3" s="15"/>
+      <c r="S3" s="15"/>
+      <c r="T3" s="15"/>
+      <c r="U3" s="15"/>
+      <c r="V3" s="15"/>
+      <c r="W3" s="15"/>
+      <c r="X3" s="15"/>
     </row>
-    <row r="4" spans="1:14" s="6" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="4"/>
+    <row r="4" spans="1:24" s="13" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.65">
+      <c r="A4" s="12"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="L4" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="N4" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>39</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="S4" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="T4" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="W4" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="X4" s="16" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:24" s="13" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.65">
+      <c r="A5" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E5" s="7"/>
+      <c r="F5" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="J5" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="K5" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="M5" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="N5" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" s="17" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="R5" s="17"/>
+      <c r="S5" s="17" t="s">
+        <v>47</v>
+      </c>
+      <c r="T5" s="17" t="s">
+        <v>48</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="V5" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>51</v>
+      </c>
+      <c r="X5" s="17"/>
+    </row>
+    <row r="6" spans="1:24" s="13" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.65">
+      <c r="A6" s="14"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" s="8"/>
+      <c r="I6" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="J6" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="M6" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" s="18"/>
+      <c r="O6" s="18"/>
+      <c r="P6" s="18"/>
+      <c r="Q6" s="18"/>
+      <c r="R6" s="18"/>
+      <c r="S6" s="18"/>
+      <c r="T6" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="U6" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="V6" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="W6" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="X6" s="18"/>
+    </row>
+    <row r="7" spans="1:24" s="1" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A7" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="25">
+        <v>39509992.509999998</v>
+      </c>
+      <c r="C7" s="25">
+        <v>10943497.029999999</v>
+      </c>
+      <c r="D7" s="25">
+        <v>68400.06</v>
+      </c>
+      <c r="E7" s="25">
+        <v>6392637.25</v>
+      </c>
+      <c r="F7" s="25">
+        <v>113979.78</v>
+      </c>
+      <c r="G7" s="25">
+        <v>77599.009999999995</v>
+      </c>
+      <c r="H7" s="25">
+        <v>2268553.5699999998</v>
+      </c>
+      <c r="I7" s="25">
+        <v>6817132.3499999996</v>
+      </c>
+      <c r="J7" s="25">
+        <v>1727197.23</v>
+      </c>
+      <c r="K7" s="25">
+        <v>3459739.04</v>
+      </c>
+      <c r="L7" s="25">
+        <v>198559.46</v>
+      </c>
+      <c r="M7" s="25">
+        <v>430051.06</v>
+      </c>
+      <c r="N7" s="25">
+        <v>334835.09000000003</v>
+      </c>
+      <c r="O7" s="25">
+        <v>408093.55</v>
+      </c>
+      <c r="P7" s="25">
+        <v>683691.24</v>
+      </c>
+      <c r="Q7" s="25">
+        <v>1816085.23</v>
+      </c>
+      <c r="R7" s="25">
+        <v>1169431.53</v>
+      </c>
+      <c r="S7" s="25">
+        <v>808261.35</v>
+      </c>
+      <c r="T7" s="25">
+        <v>291174.83</v>
+      </c>
+      <c r="U7" s="25">
+        <v>1204685.51</v>
+      </c>
+      <c r="V7" s="25">
+        <v>227172.82</v>
+      </c>
+      <c r="W7" s="25">
+        <v>3065.37</v>
+      </c>
+      <c r="X7" s="25">
+        <v>66150.16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:24" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A8" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="B8" s="26">
+        <v>21255853.120000001</v>
+      </c>
+      <c r="C8" s="26">
+        <v>6558182.5</v>
+      </c>
+      <c r="D8" s="26">
+        <v>50310.64</v>
+      </c>
+      <c r="E8" s="26">
+        <v>3225843.71</v>
+      </c>
+      <c r="F8" s="26">
+        <v>89556.37</v>
+      </c>
+      <c r="G8" s="26">
+        <v>48889.27</v>
+      </c>
+      <c r="H8" s="26">
+        <v>1936459.43</v>
+      </c>
+      <c r="I8" s="26">
+        <v>3248799.29</v>
+      </c>
+      <c r="J8" s="26">
+        <v>1412138.54</v>
+      </c>
+      <c r="K8" s="26">
+        <v>1199656.18</v>
+      </c>
+      <c r="L8" s="26">
+        <v>121158.55</v>
+      </c>
+      <c r="M8" s="26">
+        <v>187228.67</v>
+      </c>
+      <c r="N8" s="26">
+        <v>150472.64000000001</v>
+      </c>
+      <c r="O8" s="26">
+        <v>184524.69</v>
+      </c>
+      <c r="P8" s="26">
+        <v>405620.01</v>
+      </c>
+      <c r="Q8" s="26">
+        <v>1061593.8600000001</v>
+      </c>
+      <c r="R8" s="26">
+        <v>374841.63</v>
+      </c>
+      <c r="S8" s="26">
+        <v>166992.97</v>
+      </c>
+      <c r="T8" s="26">
+        <v>147635.42000000001</v>
+      </c>
+      <c r="U8" s="26">
+        <v>608466.84</v>
+      </c>
+      <c r="V8" s="26">
+        <v>40087.279999999999</v>
+      </c>
+      <c r="W8" s="26">
+        <v>2949.25</v>
+      </c>
+      <c r="X8" s="26">
+        <v>34445.379999999997</v>
+      </c>
+    </row>
+    <row r="9" spans="1:24" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A9" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B9" s="26">
+        <v>18254139.390000001</v>
+      </c>
+      <c r="C9" s="26">
+        <v>4385314.53</v>
+      </c>
+      <c r="D9" s="26">
+        <v>18089.419999999998</v>
+      </c>
+      <c r="E9" s="26">
+        <v>3166793.54</v>
+      </c>
+      <c r="F9" s="26">
+        <v>24423.41</v>
+      </c>
+      <c r="G9" s="26">
+        <v>28709.74</v>
+      </c>
+      <c r="H9" s="26">
+        <v>332094.14</v>
+      </c>
+      <c r="I9" s="26">
+        <v>3568333.06</v>
+      </c>
+      <c r="J9" s="26">
+        <v>315058.69</v>
+      </c>
+      <c r="K9" s="26">
+        <v>2260082.86</v>
+      </c>
+      <c r="L9" s="26">
+        <v>77400.91</v>
+      </c>
+      <c r="M9" s="26">
+        <v>242822.39</v>
+      </c>
+      <c r="N9" s="26">
+        <v>184362.45</v>
+      </c>
+      <c r="O9" s="26">
+        <v>223568.86</v>
+      </c>
+      <c r="P9" s="26">
+        <v>278071.23</v>
+      </c>
+      <c r="Q9" s="26">
+        <v>754491.37</v>
+      </c>
+      <c r="R9" s="26">
+        <v>794589.9</v>
+      </c>
+      <c r="S9" s="26">
+        <v>641268.38</v>
+      </c>
+      <c r="T9" s="26">
+        <v>143539.41</v>
+      </c>
+      <c r="U9" s="26">
+        <v>596218.67000000004</v>
+      </c>
+      <c r="V9" s="26">
+        <v>187085.54</v>
+      </c>
+      <c r="W9" s="26">
+        <v>116.12</v>
+      </c>
+      <c r="X9" s="26">
+        <v>31704.78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A10" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B10" s="23">
+        <v>8995228.8200000003</v>
+      </c>
+      <c r="C10" s="23">
+        <v>4352607.6900000004</v>
+      </c>
+      <c r="D10" s="23">
+        <v>14032.1</v>
+      </c>
+      <c r="E10" s="23">
+        <v>567782.48</v>
+      </c>
+      <c r="F10" s="23">
+        <v>14123.41</v>
+      </c>
+      <c r="G10" s="23">
+        <v>10755.86</v>
+      </c>
+      <c r="H10" s="23">
+        <v>559576.56000000006</v>
+      </c>
+      <c r="I10" s="23">
+        <v>1437559.98</v>
+      </c>
+      <c r="J10" s="23">
+        <v>88740.72</v>
+      </c>
+      <c r="K10" s="23">
+        <v>517956.91</v>
+      </c>
+      <c r="L10" s="23">
+        <v>13768.63</v>
+      </c>
+      <c r="M10" s="23">
+        <v>50042.6</v>
+      </c>
+      <c r="N10" s="23">
+        <v>14269.22</v>
+      </c>
+      <c r="O10" s="25">
+        <v>18322.68</v>
+      </c>
+      <c r="P10" s="25">
+        <v>38178.29</v>
+      </c>
+      <c r="Q10" s="25">
+        <v>439705.63</v>
+      </c>
+      <c r="R10" s="25">
+        <v>273551.13</v>
+      </c>
+      <c r="S10" s="25">
+        <v>159556.01</v>
+      </c>
+      <c r="T10" s="25">
+        <v>59514.78</v>
+      </c>
+      <c r="U10" s="25">
+        <v>338903.16</v>
+      </c>
+      <c r="V10" s="25">
+        <v>26280.98</v>
+      </c>
+      <c r="W10" s="25">
+        <v>0</v>
+      </c>
+      <c r="X10" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A11" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B11" s="24">
+        <v>4914224.51</v>
+      </c>
+      <c r="C11" s="24">
+        <v>2533211</v>
+      </c>
+      <c r="D11" s="24">
+        <v>9997.5300000000007</v>
+      </c>
+      <c r="E11" s="24">
+        <v>269833.08</v>
+      </c>
+      <c r="F11" s="24">
+        <v>13462.68</v>
+      </c>
+      <c r="G11" s="24">
+        <v>6877.19</v>
+      </c>
+      <c r="H11" s="24">
+        <v>496333.36</v>
+      </c>
+      <c r="I11" s="24">
+        <v>657760.56000000006</v>
+      </c>
+      <c r="J11" s="24">
+        <v>78052.05</v>
+      </c>
+      <c r="K11" s="24">
+        <v>162897.07</v>
+      </c>
+      <c r="L11" s="24">
+        <v>7934.93</v>
+      </c>
+      <c r="M11" s="24">
+        <v>21665.279999999999</v>
+      </c>
+      <c r="N11" s="24">
+        <v>5937.87</v>
+      </c>
+      <c r="O11" s="26">
+        <v>10346.26</v>
+      </c>
+      <c r="P11" s="26">
+        <v>23276.52</v>
+      </c>
+      <c r="Q11" s="26">
+        <v>255523.02</v>
+      </c>
+      <c r="R11" s="26">
+        <v>93411.02</v>
+      </c>
+      <c r="S11" s="26">
+        <v>30695.599999999999</v>
+      </c>
+      <c r="T11" s="26">
+        <v>35255.79</v>
+      </c>
+      <c r="U11" s="26">
+        <v>196919.99</v>
+      </c>
+      <c r="V11" s="26">
+        <v>4833.6899999999996</v>
+      </c>
+      <c r="W11" s="26">
+        <v>0</v>
+      </c>
+      <c r="X11" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A12" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B12" s="24">
+        <v>4081004.3</v>
+      </c>
+      <c r="C12" s="24">
+        <v>1819396.69</v>
+      </c>
+      <c r="D12" s="24">
+        <v>4034.57</v>
+      </c>
+      <c r="E12" s="24">
+        <v>297949.39</v>
+      </c>
+      <c r="F12" s="24">
+        <v>660.73</v>
+      </c>
+      <c r="G12" s="24">
+        <v>3878.68</v>
+      </c>
+      <c r="H12" s="24">
+        <v>63243.19</v>
+      </c>
+      <c r="I12" s="24">
+        <v>779799.42</v>
+      </c>
+      <c r="J12" s="24">
+        <v>10688.67</v>
+      </c>
+      <c r="K12" s="24">
+        <v>355059.84</v>
+      </c>
+      <c r="L12" s="24">
+        <v>5833.7</v>
+      </c>
+      <c r="M12" s="24">
+        <v>28377.31</v>
+      </c>
+      <c r="N12" s="24">
+        <v>8331.35</v>
+      </c>
+      <c r="O12" s="26">
+        <v>7976.42</v>
+      </c>
+      <c r="P12" s="26">
+        <v>14901.78</v>
+      </c>
+      <c r="Q12" s="26">
+        <v>184182.61</v>
+      </c>
+      <c r="R12" s="26">
+        <v>180140.11</v>
+      </c>
+      <c r="S12" s="26">
+        <v>128860.41</v>
+      </c>
+      <c r="T12" s="26">
+        <v>24258.99</v>
+      </c>
+      <c r="U12" s="26">
+        <v>141983.16</v>
+      </c>
+      <c r="V12" s="26">
+        <v>21447.29</v>
+      </c>
+      <c r="W12" s="26">
+        <v>0</v>
+      </c>
+      <c r="X12" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24" s="1" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A13" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="B13" s="25">
+        <v>218026</v>
+      </c>
+      <c r="C13" s="25">
+        <v>98486</v>
+      </c>
+      <c r="D13" s="25">
+        <v>329</v>
+      </c>
+      <c r="E13" s="25">
+        <v>11025</v>
+      </c>
+      <c r="F13" s="25">
+        <v>566</v>
+      </c>
+      <c r="G13" s="25">
+        <v>601</v>
+      </c>
+      <c r="H13" s="25">
+        <v>22399</v>
+      </c>
+      <c r="I13" s="25">
+        <v>40272</v>
+      </c>
+      <c r="J13" s="25">
+        <v>4991</v>
+      </c>
+      <c r="K13" s="25">
+        <v>10374</v>
+      </c>
+      <c r="L13" s="25">
+        <v>340</v>
+      </c>
+      <c r="M13" s="25">
+        <v>1298</v>
+      </c>
+      <c r="N13" s="25">
+        <v>389</v>
+      </c>
+      <c r="O13" s="25">
+        <v>871</v>
+      </c>
+      <c r="P13" s="25">
+        <v>311</v>
+      </c>
+      <c r="Q13" s="25">
+        <v>9059</v>
+      </c>
+      <c r="R13" s="25">
+        <v>7015</v>
+      </c>
+      <c r="S13" s="25">
+        <v>2805</v>
+      </c>
+      <c r="T13" s="25">
+        <v>2144</v>
+      </c>
+      <c r="U13" s="25">
+        <v>4407</v>
+      </c>
+      <c r="V13" s="25">
+        <v>344</v>
+      </c>
+      <c r="W13" s="25">
+        <v>0</v>
+      </c>
+      <c r="X13" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A14" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B14" s="26">
+        <v>122248</v>
+      </c>
+      <c r="C14" s="26">
+        <v>59211</v>
+      </c>
+      <c r="D14" s="26">
+        <v>329</v>
+      </c>
+      <c r="E14" s="26">
+        <v>5634</v>
+      </c>
+      <c r="F14" s="26">
+        <v>394</v>
+      </c>
+      <c r="G14" s="26">
+        <v>299</v>
+      </c>
+      <c r="H14" s="26">
+        <v>18876</v>
+      </c>
+      <c r="I14" s="26">
+        <v>19574</v>
+      </c>
+      <c r="J14" s="26">
+        <v>4491</v>
+      </c>
+      <c r="K14" s="26">
+        <v>2199</v>
+      </c>
+      <c r="L14" s="26">
+        <v>0</v>
+      </c>
+      <c r="M14" s="26">
+        <v>593</v>
+      </c>
+      <c r="N14" s="26">
+        <v>326</v>
+      </c>
+      <c r="O14" s="26">
+        <v>170</v>
+      </c>
+      <c r="P14" s="26">
+        <v>204</v>
+      </c>
+      <c r="Q14" s="26">
+        <v>4144</v>
+      </c>
+      <c r="R14" s="26">
+        <v>1854</v>
+      </c>
+      <c r="S14" s="26">
+        <v>769</v>
+      </c>
+      <c r="T14" s="26">
+        <v>1394</v>
+      </c>
+      <c r="U14" s="26">
+        <v>1787</v>
+      </c>
+      <c r="V14" s="26">
+        <v>0</v>
+      </c>
+      <c r="W14" s="26">
+        <v>0</v>
+      </c>
+      <c r="X14" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A15" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B15" s="26">
+        <v>95778</v>
+      </c>
+      <c r="C15" s="26">
+        <v>39275</v>
+      </c>
+      <c r="D15" s="26">
+        <v>0</v>
+      </c>
+      <c r="E15" s="26">
+        <v>5391</v>
+      </c>
+      <c r="F15" s="26">
+        <v>172</v>
+      </c>
+      <c r="G15" s="26">
+        <v>302</v>
+      </c>
+      <c r="H15" s="26">
+        <v>3523</v>
+      </c>
+      <c r="I15" s="26">
+        <v>20698</v>
+      </c>
+      <c r="J15" s="26">
+        <v>500</v>
+      </c>
+      <c r="K15" s="26">
+        <v>8175</v>
+      </c>
+      <c r="L15" s="26">
+        <v>340</v>
+      </c>
+      <c r="M15" s="26">
+        <v>705</v>
+      </c>
+      <c r="N15" s="26">
+        <v>63</v>
+      </c>
+      <c r="O15" s="26">
+        <v>701</v>
+      </c>
+      <c r="P15" s="26">
+        <v>107</v>
+      </c>
+      <c r="Q15" s="26">
+        <v>4915</v>
+      </c>
+      <c r="R15" s="26">
+        <v>5161</v>
+      </c>
+      <c r="S15" s="26">
+        <v>2036</v>
+      </c>
+      <c r="T15" s="26">
+        <v>750</v>
+      </c>
+      <c r="U15" s="26">
+        <v>2620</v>
+      </c>
+      <c r="V15" s="26">
+        <v>344</v>
+      </c>
+      <c r="W15" s="26">
+        <v>0</v>
+      </c>
+      <c r="X15" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" ht="18.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A16" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="B16" s="30"/>
+      <c r="C16" s="30"/>
+      <c r="D16" s="30"/>
+      <c r="E16" s="30"/>
+      <c r="F16" s="30"/>
+      <c r="G16" s="30"/>
+      <c r="H16" s="30"/>
+      <c r="I16" s="30"/>
+      <c r="J16" s="30"/>
+      <c r="K16" s="30"/>
+      <c r="L16" s="30"/>
+      <c r="M16" s="30"/>
+      <c r="N16" s="31"/>
+      <c r="O16" s="31"/>
+      <c r="P16" s="31"/>
+      <c r="Q16" s="31"/>
+      <c r="R16" s="31"/>
+      <c r="S16" s="31"/>
+      <c r="T16" s="31"/>
+      <c r="U16" s="31"/>
+      <c r="V16" s="31"/>
+      <c r="W16" s="31"/>
+      <c r="X16" s="31"/>
+    </row>
+    <row r="17" spans="1:26" s="1" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A17" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="19">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C17" s="21">
+        <v>27.698048859994586</v>
+      </c>
+      <c r="D17" s="21">
+        <v>0.17312091360859638</v>
+      </c>
+      <c r="E17" s="21">
+        <v>16.179798688602691</v>
+      </c>
+      <c r="F17" s="21">
+        <v>0.28848342598686055</v>
+      </c>
+      <c r="G17" s="21">
+        <v>0.19640350470924448</v>
+      </c>
+      <c r="H17" s="21">
+        <v>5.7417210834090335</v>
+      </c>
+      <c r="I17" s="21">
+        <v>17.254198031737364</v>
+      </c>
+      <c r="J17" s="21">
+        <v>4.3715453237882684</v>
+      </c>
+      <c r="K17" s="21">
+        <v>8.7566178078225096</v>
+      </c>
+      <c r="L17" s="21">
+        <v>0.50255504338489687</v>
+      </c>
+      <c r="M17" s="21">
+        <v>1.0884615072785799</v>
+      </c>
+      <c r="N17" s="21">
+        <v>0.84746938363821023</v>
+      </c>
+      <c r="O17" s="21">
+        <v>1.0328869333415118</v>
+      </c>
+      <c r="P17" s="21">
+        <v>1.7304261442898463</v>
+      </c>
+      <c r="Q17" s="21">
+        <v>4.5965213218917924</v>
+      </c>
+      <c r="R17" s="21">
+        <v>2.959837387223033</v>
+      </c>
+      <c r="S17" s="21">
+        <v>2.0457137515159705</v>
+      </c>
+      <c r="T17" s="21">
+        <v>0.73696503467142782</v>
+      </c>
+      <c r="U17" s="21">
+        <v>3.049065397051375</v>
+      </c>
+      <c r="V17" s="21">
+        <v>0.57497560887287547</v>
+      </c>
+      <c r="W17" s="21">
+        <v>7.7584676818760554E-3</v>
+      </c>
+      <c r="X17" s="21">
+        <v>0.16742640480951082</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A18" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B18" s="20">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C18" s="22">
+        <v>30.853536966856872</v>
+      </c>
+      <c r="D18" s="22">
+        <v>0.23669075861585553</v>
+      </c>
+      <c r="E18" s="22">
+        <v>15.176260824670207</v>
+      </c>
+      <c r="F18" s="22">
+        <v>0.42132569083164606</v>
+      </c>
+      <c r="G18" s="22">
+        <v>0.23000380047789865</v>
+      </c>
+      <c r="H18" s="22">
+        <v>9.110240925488668</v>
+      </c>
+      <c r="I18" s="22">
+        <v>15.284257336832782</v>
+      </c>
+      <c r="J18" s="22">
+        <v>6.643527935706774</v>
+      </c>
+      <c r="K18" s="22">
+        <v>5.643886289707293</v>
+      </c>
+      <c r="L18" s="22">
+        <v>0.57000088077386935</v>
+      </c>
+      <c r="M18" s="22">
+        <v>0.88083347651585575</v>
+      </c>
+      <c r="N18" s="22">
+        <v>0.70791155335194567</v>
+      </c>
+      <c r="O18" s="22">
+        <v>0.86811236866506913</v>
+      </c>
+      <c r="P18" s="22">
+        <v>1.9082744301537589</v>
+      </c>
+      <c r="Q18" s="22">
+        <v>4.9943601605015235</v>
+      </c>
+      <c r="R18" s="22">
+        <v>1.7634748785844077</v>
+      </c>
+      <c r="S18" s="22">
+        <v>0.78563287512969038</v>
+      </c>
+      <c r="T18" s="22">
+        <v>0.69456360639360692</v>
+      </c>
+      <c r="U18" s="22">
+        <v>2.8625848916291341</v>
+      </c>
+      <c r="V18" s="22">
+        <v>0.18859407699934275</v>
+      </c>
+      <c r="W18" s="22">
+        <v>1.3875001785861041E-2</v>
+      </c>
+      <c r="X18" s="22">
+        <v>0.16205127032793495</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A19" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B19" s="20">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C19" s="22">
+        <v>24.023671761827167</v>
+      </c>
+      <c r="D19" s="22">
+        <v>9.9097632671249145E-2</v>
+      </c>
+      <c r="E19" s="22">
+        <v>17.348358486485733</v>
+      </c>
+      <c r="F19" s="22">
+        <v>0.13379655692439632</v>
+      </c>
+      <c r="G19" s="22">
+        <v>0.15727797069265176</v>
+      </c>
+      <c r="H19" s="22">
+        <v>1.8192812759057166</v>
+      </c>
+      <c r="I19" s="22">
+        <v>19.548076103520977</v>
+      </c>
+      <c r="J19" s="22">
+        <v>1.7259575117115395</v>
+      </c>
+      <c r="K19" s="22">
+        <v>12.381207416648305</v>
+      </c>
+      <c r="L19" s="22">
+        <v>0.42401840123123985</v>
+      </c>
+      <c r="M19" s="22">
+        <v>1.3302319260968456</v>
+      </c>
+      <c r="N19" s="22">
+        <v>1.0099761268449481</v>
+      </c>
+      <c r="O19" s="22">
+        <v>1.2247570549531122</v>
+      </c>
+      <c r="P19" s="22">
+        <v>1.5233324565952051</v>
+      </c>
+      <c r="Q19" s="22">
+        <v>4.1332617982161688</v>
+      </c>
+      <c r="R19" s="22">
+        <v>4.3529299465922398</v>
+      </c>
+      <c r="S19" s="22">
+        <v>3.5130025376671563</v>
+      </c>
+      <c r="T19" s="22">
+        <v>0.78633896089691258</v>
+      </c>
+      <c r="U19" s="22">
+        <v>3.2662107879302216</v>
+      </c>
+      <c r="V19" s="22">
+        <v>1.0248937843790618</v>
+      </c>
+      <c r="W19" s="22">
+        <v>6.361296882810754E-4</v>
+      </c>
+      <c r="X19" s="22">
+        <v>0.17368542730296307</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" s="1" customFormat="1" x14ac:dyDescent="0.7">
+      <c r="A20" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...21 lines deleted...]
-        <v>11</v>
+      <c r="B20" s="19">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C20" s="21">
+        <v>48.387959629469442</v>
+      </c>
+      <c r="D20" s="21">
+        <v>0.15599491998248022</v>
+      </c>
+      <c r="E20" s="21">
+        <v>6.3120404312294074</v>
+      </c>
+      <c r="F20" s="21">
+        <v>0.15701001367078063</v>
+      </c>
+      <c r="G20" s="21">
+        <v>0.11957294489369087</v>
+      </c>
+      <c r="H20" s="21">
+        <v>6.2208151809972527</v>
+      </c>
+      <c r="I20" s="21">
+        <v>15.981360883268781</v>
+      </c>
+      <c r="J20" s="21">
+        <v>0.9865309907702825</v>
+      </c>
+      <c r="K20" s="21">
+        <v>5.7581293412833929</v>
+      </c>
+      <c r="L20" s="21">
+        <v>0.1530659227854973</v>
+      </c>
+      <c r="M20" s="21">
+        <v>0.55632381345025084</v>
+      </c>
+      <c r="N20" s="21">
+        <v>0.15863098410875109</v>
+      </c>
+      <c r="O20" s="21">
+        <v>0.20369331749806449</v>
+      </c>
+      <c r="P20" s="21">
+        <v>0.42442822482863751</v>
+      </c>
+      <c r="Q20" s="21">
+        <v>4.8882095030463049</v>
+      </c>
+      <c r="R20" s="21">
+        <v>3.0410691653756063</v>
+      </c>
+      <c r="S20" s="21">
+        <v>1.7737848941123433</v>
+      </c>
+      <c r="T20" s="21">
+        <v>0.66162608190327277</v>
+      </c>
+      <c r="U20" s="21">
+        <v>3.7675879822699163</v>
+      </c>
+      <c r="V20" s="21">
+        <v>0.2921657750558479</v>
+      </c>
+      <c r="W20" s="21">
+        <v>0</v>
+      </c>
+      <c r="X20" s="21">
+        <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:14" s="6" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.45">
-[...35 lines deleted...]
-        <v>28</v>
+    <row r="21" spans="1:26" x14ac:dyDescent="0.7">
+      <c r="A21" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B21" s="20">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C21" s="22">
+        <v>51.548540259915796</v>
+      </c>
+      <c r="D21" s="22">
+        <v>0.20344064418823227</v>
+      </c>
+      <c r="E21" s="22">
+        <v>5.4908578037270024</v>
+      </c>
+      <c r="F21" s="22">
+        <v>0.27395329563402471</v>
+      </c>
+      <c r="G21" s="22">
+        <v>0.13994456268747071</v>
+      </c>
+      <c r="H21" s="22">
+        <v>10.099932532386479</v>
+      </c>
+      <c r="I21" s="22">
+        <v>13.384829257627876</v>
+      </c>
+      <c r="J21" s="22">
+        <v>1.5882882404165946</v>
+      </c>
+      <c r="K21" s="22">
+        <v>3.3148072431066038</v>
+      </c>
+      <c r="L21" s="22">
+        <v>0.16146860982547986</v>
+      </c>
+      <c r="M21" s="22">
+        <v>0.44086874655224084</v>
+      </c>
+      <c r="N21" s="22">
+        <v>0.12083025486354917</v>
+      </c>
+      <c r="O21" s="22">
+        <v>0.21053698256858844</v>
+      </c>
+      <c r="P21" s="22">
+        <v>0.47365601536182161</v>
+      </c>
+      <c r="Q21" s="22">
+        <v>5.1996610956628846</v>
+      </c>
+      <c r="R21" s="22">
+        <v>1.9008293131483327</v>
+      </c>
+      <c r="S21" s="22">
+        <v>0.62462754677848442</v>
+      </c>
+      <c r="T21" s="22">
+        <v>0.71742326644331522</v>
+      </c>
+      <c r="U21" s="22">
+        <v>4.0071427261673884</v>
+      </c>
+      <c r="V21" s="22">
+        <v>9.8361195956022759E-2</v>
+      </c>
+      <c r="W21" s="22">
+        <v>0</v>
+      </c>
+      <c r="X21" s="22">
+        <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:14" s="6" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.45">
-[...29 lines deleted...]
-        <v>46</v>
+    <row r="22" spans="1:26" x14ac:dyDescent="0.7">
+      <c r="A22" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B22" s="20">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C22" s="22">
+        <v>44.58208216051132</v>
+      </c>
+      <c r="D22" s="22">
+        <v>9.8862184487284191E-2</v>
+      </c>
+      <c r="E22" s="22">
+        <v>7.3008840005387894</v>
+      </c>
+      <c r="F22" s="22">
+        <v>1.6190377451942406E-2</v>
+      </c>
+      <c r="G22" s="22">
+        <v>9.5042291428117334E-2</v>
+      </c>
+      <c r="H22" s="22">
+        <v>1.5496967253869349</v>
+      </c>
+      <c r="I22" s="22">
+        <v>19.108027403940742</v>
+      </c>
+      <c r="J22" s="22">
+        <v>0.26191273554894318</v>
+      </c>
+      <c r="K22" s="22">
+        <v>8.7003054615747413</v>
+      </c>
+      <c r="L22" s="22">
+        <v>0.14294765629136927</v>
+      </c>
+      <c r="M22" s="22">
+        <v>0.69535114187456271</v>
+      </c>
+      <c r="N22" s="22">
+        <v>0.20414950310147922</v>
+      </c>
+      <c r="O22" s="22">
+        <v>0.19545237920969602</v>
+      </c>
+      <c r="P22" s="22">
+        <v>0.36514982353730918</v>
+      </c>
+      <c r="Q22" s="22">
+        <v>4.5131687315301283</v>
+      </c>
+      <c r="R22" s="22">
+        <v>4.4141122321287432</v>
+      </c>
+      <c r="S22" s="22">
+        <v>3.1575661412559652</v>
+      </c>
+      <c r="T22" s="22">
+        <v>0.59443676645966792</v>
+      </c>
+      <c r="U22" s="22">
+        <v>3.4791230188118161</v>
+      </c>
+      <c r="V22" s="22">
+        <v>0.52553950996817134</v>
+      </c>
+      <c r="W22" s="22">
+        <v>0</v>
+      </c>
+      <c r="X22" s="22">
+        <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:14" s="11" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.5">
-[...38 lines deleted...]
-      </c>
+    <row r="23" spans="1:26" s="1" customFormat="1" x14ac:dyDescent="0.7">
+      <c r="A23" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B23" s="19">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C23" s="21">
+        <v>45.171676772495026</v>
+      </c>
+      <c r="D23" s="21">
+        <v>0.15089943401245723</v>
+      </c>
+      <c r="E23" s="21">
+        <v>5.0567363525451094</v>
+      </c>
+      <c r="F23" s="21">
+        <v>0.25960206580866502</v>
+      </c>
+      <c r="G23" s="21">
+        <v>0.27565519708658603</v>
+      </c>
+      <c r="H23" s="21">
+        <v>10.273545356975774</v>
+      </c>
+      <c r="I23" s="21">
+        <v>18.471191509269534</v>
+      </c>
+      <c r="J23" s="21">
+        <v>2.289176520231532</v>
+      </c>
+      <c r="K23" s="21">
+        <v>4.758148110775779</v>
+      </c>
+      <c r="L23" s="21">
+        <v>0.15594470384266096</v>
+      </c>
+      <c r="M23" s="21">
+        <v>0.595341839964041</v>
+      </c>
+      <c r="N23" s="21">
+        <v>0.17841908763175032</v>
+      </c>
+      <c r="O23" s="21">
+        <v>0.39949363837340501</v>
+      </c>
+      <c r="P23" s="21">
+        <v>0.14264353792666928</v>
+      </c>
+      <c r="Q23" s="21">
+        <v>4.1550090356196048</v>
+      </c>
+      <c r="R23" s="21">
+        <v>3.2175061689890199</v>
+      </c>
+      <c r="S23" s="21">
+        <v>1.286543806701953</v>
+      </c>
+      <c r="T23" s="21">
+        <v>0.98336895599607388</v>
+      </c>
+      <c r="U23" s="21">
+        <v>2.0213185583370792</v>
+      </c>
+      <c r="V23" s="21">
+        <v>0.1577793474172805</v>
+      </c>
+      <c r="W23" s="21">
+        <v>0</v>
+      </c>
+      <c r="X23" s="21">
+        <v>0</v>
+      </c>
+      <c r="Z23" s="29"/>
     </row>
-    <row r="8" spans="1:14" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-[...38 lines deleted...]
-      </c>
+    <row r="24" spans="1:26" x14ac:dyDescent="0.7">
+      <c r="A24" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B24" s="20">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C24" s="22">
+        <v>48.435148223283811</v>
+      </c>
+      <c r="D24" s="22">
+        <v>0.2691250572606505</v>
+      </c>
+      <c r="E24" s="22">
+        <v>4.6086643544270656</v>
+      </c>
+      <c r="F24" s="22">
+        <v>0.32229566127871212</v>
+      </c>
+      <c r="G24" s="22">
+        <v>0.24458477848308358</v>
+      </c>
+      <c r="H24" s="22">
+        <v>15.440743406845101</v>
+      </c>
+      <c r="I24" s="22">
+        <v>16.011713893069825</v>
+      </c>
+      <c r="J24" s="22">
+        <v>3.6736797330017668</v>
+      </c>
+      <c r="K24" s="22">
+        <v>1.7988024343956548</v>
+      </c>
+      <c r="L24" s="22">
+        <v>0</v>
+      </c>
+      <c r="M24" s="22">
+        <v>0.48507951050323933</v>
+      </c>
+      <c r="N24" s="22">
+        <v>0.26667102938289378</v>
+      </c>
+      <c r="O24" s="22">
+        <v>0.13906157973954586</v>
+      </c>
+      <c r="P24" s="22">
+        <v>0.166873895687455</v>
+      </c>
+      <c r="Q24" s="22">
+        <v>3.3898305084745761</v>
+      </c>
+      <c r="R24" s="22">
+        <v>1.5165892284536353</v>
+      </c>
+      <c r="S24" s="22">
+        <v>0.62904914599829853</v>
+      </c>
+      <c r="T24" s="22">
+        <v>1.140304953864276</v>
+      </c>
+      <c r="U24" s="22">
+        <v>1.4617826058504024</v>
+      </c>
+      <c r="V24" s="22">
+        <v>0</v>
+      </c>
+      <c r="W24" s="22">
+        <v>0</v>
+      </c>
+      <c r="X24" s="22">
+        <v>0</v>
+      </c>
+      <c r="Z24" s="29"/>
     </row>
-    <row r="9" spans="1:14" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-[...38 lines deleted...]
-      </c>
+    <row r="25" spans="1:26" x14ac:dyDescent="0.7">
+      <c r="A25" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B25" s="20">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C25" s="22">
+        <v>41.006285368247411</v>
+      </c>
+      <c r="D25" s="22">
+        <v>0</v>
+      </c>
+      <c r="E25" s="22">
+        <v>5.6286412328509678</v>
+      </c>
+      <c r="F25" s="22">
+        <v>0.17958194992587023</v>
+      </c>
+      <c r="G25" s="22">
+        <v>0.31531249347449308</v>
+      </c>
+      <c r="H25" s="22">
+        <v>3.6782977301676798</v>
+      </c>
+      <c r="I25" s="22">
+        <v>21.610390695149199</v>
+      </c>
+      <c r="J25" s="22">
+        <v>0.52204055211008793</v>
+      </c>
+      <c r="K25" s="22">
+        <v>8.5353630269999368</v>
+      </c>
+      <c r="L25" s="22">
+        <v>0.35498757543485981</v>
+      </c>
+      <c r="M25" s="22">
+        <v>0.73607717847522391</v>
+      </c>
+      <c r="N25" s="22">
+        <v>6.5777109565871086E-2</v>
+      </c>
+      <c r="O25" s="22">
+        <v>0.73190085405834326</v>
+      </c>
+      <c r="P25" s="22">
+        <v>0.11171667815155881</v>
+      </c>
+      <c r="Q25" s="22">
+        <v>5.1316586272421647</v>
+      </c>
+      <c r="R25" s="22">
+        <v>5.3885025788803276</v>
+      </c>
+      <c r="S25" s="22">
+        <v>2.125749128192278</v>
+      </c>
+      <c r="T25" s="22">
+        <v>0.78306082816513178</v>
+      </c>
+      <c r="U25" s="22">
+        <v>2.7354924930568609</v>
+      </c>
+      <c r="V25" s="22">
+        <v>0.35916389985174046</v>
+      </c>
+      <c r="W25" s="22">
+        <v>0</v>
+      </c>
+      <c r="X25" s="22">
+        <v>0</v>
+      </c>
+      <c r="Z25" s="29"/>
     </row>
-    <row r="10" spans="1:14" s="11" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-[...647 lines deleted...]
-      <c r="M26" s="26"/>
+    <row r="26" spans="1:26" x14ac:dyDescent="0.7">
+      <c r="A26" s="4"/>
+      <c r="B26" s="27"/>
+      <c r="C26" s="28"/>
+      <c r="D26" s="28"/>
+      <c r="E26" s="28"/>
+      <c r="F26" s="28"/>
+      <c r="G26" s="28"/>
+      <c r="H26" s="28"/>
+      <c r="I26" s="28"/>
+      <c r="J26" s="28"/>
+      <c r="K26" s="28"/>
+      <c r="L26" s="28"/>
+      <c r="M26" s="28"/>
+      <c r="N26" s="28"/>
+      <c r="O26" s="28"/>
+      <c r="P26" s="28"/>
+      <c r="Q26" s="28"/>
+      <c r="R26" s="28"/>
+      <c r="S26" s="28"/>
+      <c r="T26" s="28"/>
+      <c r="U26" s="28"/>
+      <c r="V26" s="28"/>
+      <c r="W26" s="28"/>
+      <c r="X26" s="28"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="2">
     <mergeCell ref="A16:M16"/>
-  </mergeCells>
-[...1765 lines deleted...]
-    <mergeCell ref="B16:L16"/>
+    <mergeCell ref="N16:X16"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.35433070866141736" right="0.31496062992125984" top="0.98425196850393704" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="85" firstPageNumber="4" orientation="landscape" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter scaleWithDoc="0">
     <oddHeader>&amp;C&amp;"FreesiaUPC,Bold"&amp;16&amp;P</oddHeader>
     <evenHeader>&amp;C5</evenHeader>
     <firstHeader>&amp;C4</firstHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>เวิร์กชีต</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>t4-2</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>t4 (2)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>NSO</dc:creator>
+  <dc:creator>Lenovo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>