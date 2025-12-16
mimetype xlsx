--- v0 (2025-10-06)
+++ v1 (2025-12-16)
@@ -1,351 +1,358 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="23530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\2568\กลุ่ม วิชาการ\1-2568\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\ณิชา\1.ผอ.ว(วรุณี)\____________________________สรง\2.สรง.ไตรมาส 2-68\up web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6ADD0929-1E3D-431F-BB3B-AC9600E854A8}" xr6:coauthVersionLast="46" xr6:coauthVersionMax="46" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{837D8CE6-9026-431B-8F17-88A5CE971D0B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{994E913D-6BBE-4CC1-AE8D-B11535576A4E}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{E61EBC81-A2C5-4DF0-9D52-5A9F2AFC4BAD}"/>
   </bookViews>
   <sheets>
-    <sheet name="t7 " sheetId="1" r:id="rId1"/>
+    <sheet name="t7  (2)" sheetId="21" r:id="rId1"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="26">
   <si>
     <t xml:space="preserve">       หญิง                        </t>
   </si>
   <si>
     <t xml:space="preserve">       ชาย                         </t>
   </si>
   <si>
     <t xml:space="preserve">  หนองคาย                          </t>
   </si>
   <si>
     <t>ภาคตะวันออกเฉียงเหนือ</t>
   </si>
   <si>
     <t xml:space="preserve">  ทั่วราชอาณาจักร                  </t>
   </si>
   <si>
     <t>ร้อยละ</t>
   </si>
   <si>
+    <t>อื่น ๆ</t>
+  </si>
+  <si>
+    <t>รวม</t>
+  </si>
+  <si>
+    <t>ไม่มี</t>
+  </si>
+  <si>
+    <t>ต่ำกว่า</t>
+  </si>
+  <si>
+    <t>ประถม</t>
+  </si>
+  <si>
+    <t>มัธยมศึกษา</t>
+  </si>
+  <si>
+    <t>มัธยมศึกษาตอนปลาย</t>
+  </si>
+  <si>
+    <t>อุดมศึกษา</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ภาคและเพศ </t>
+  </si>
+  <si>
     <t>การศึกษา</t>
+  </si>
+  <si>
+    <t>ประถมศึกษา</t>
   </si>
   <si>
     <t>ศึกษา</t>
   </si>
   <si>
-    <t>ไม่ทราบ</t>
+    <t>ตอนต้น</t>
   </si>
   <si>
-    <t>อื่น ๆ</t>
+    <t>สายสามัญ</t>
+  </si>
+  <si>
+    <t>สายอาชีว-</t>
   </si>
   <si>
     <t>สายวิชา-</t>
   </si>
   <si>
+    <t>สายวิชาการ</t>
+  </si>
+  <si>
     <t>สายวิชาชีพ</t>
   </si>
   <si>
-    <t>สายวิชาการ</t>
+    <t>ไม่ทราบ</t>
   </si>
   <si>
-    <t>สายอาชีว-</t>
-[...35 lines deleted...]
-    <t>ตารางที่ 7 จำนวนผู้มีงานทำ จำแนกตามระดับการศึกษาที่สำเร็จ และเพศ ทั่วราชอาณาจักร ภาคตะวันออกเฉียงเหนือ จังหวัดหนองคาย ไตรมาสที่ 1 (มกราคม - มีนาคม) 2568</t>
+    <t>ตารางที่ 7 จำนวนผู้มีงานทำ จำแนกตามระดับการศึกษาที่สำเร็จ และเพศ ทั่วราชอาณาจักร ภาคตะวันออกเฉียงเหนือ จังหวัดหนองคาย ไตรมาสที่ 2 (เมษายน - มิถุนายน) 2568</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="164" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="189" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="190" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
-      <sz val="16"/>
-[...1 lines deleted...]
-      <name val="AngsanaUPC"/>
+      <sz val="14"/>
+      <name val="Cordia New"/>
       <family val="2"/>
-      <charset val="222"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Cordia New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
-      <color theme="1"/>
-[...7 lines deleted...]
-      <name val="TH SarabunPSK"/>
+      <name val="Cordia New"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
+      <name val="TH SarabunPSK"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FFFF0000"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1"/>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="190" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="189" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="189" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="189" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="189" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="190" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="จุลภาค" xfId="1" builtinId="3"/>
+  <cellStyles count="7">
+    <cellStyle name="จุลภาค" xfId="2" builtinId="3"/>
+    <cellStyle name="จุลภาค 2" xfId="4" xr:uid="{33B5872B-5E7C-4269-B354-A26486DA5109}"/>
+    <cellStyle name="จุลภาค 2 2" xfId="6" xr:uid="{8B1272D1-D594-4E27-B241-815E1AD366B8}"/>
     <cellStyle name="ปกติ" xfId="0" builtinId="0"/>
-    <cellStyle name="ปกติ 2" xfId="2" xr:uid="{BC8BE280-E425-4824-8836-082320DA1F27}"/>
+    <cellStyle name="ปกติ 2" xfId="3" xr:uid="{BC896BAD-23DF-445E-907F-26D08F905838}"/>
+    <cellStyle name="ปกติ 2 2" xfId="1" xr:uid="{6A7D230D-7D82-4FD6-9A4E-BDFC8031ECAF}"/>
+    <cellStyle name="ปกติ 2 2 2" xfId="5" xr:uid="{E61CF66B-1EED-4571-B14B-233E7E396417}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -620,2017 +627,2037 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5AA12127-B342-4349-BD5A-B19F67E98EA8}">
-  <dimension ref="A1:N26"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{890B1C10-6160-4C7E-B7F3-B74DAD3006F1}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:P27"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B16" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C17" sqref="C17"/>
+    <sheetView tabSelected="1" zoomScale="98" zoomScaleNormal="98" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
+  <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.7"/>
   <cols>
-    <col min="1" max="1" width="19.42578125" style="1" customWidth="1"/>
-[...958 lines deleted...]
-    <col min="16365" max="16384" width="8.85546875" style="1" customWidth="1"/>
+    <col min="1" max="1" width="22" style="11" customWidth="1"/>
+    <col min="2" max="2" width="12" style="11" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="8.8984375" style="11" customWidth="1"/>
+    <col min="4" max="4" width="11.09765625" style="11" customWidth="1"/>
+    <col min="5" max="5" width="10.69921875" style="11" customWidth="1"/>
+    <col min="6" max="7" width="12.69921875" style="11" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.8984375" style="11" customWidth="1"/>
+    <col min="9" max="9" width="10.296875" style="11" customWidth="1"/>
+    <col min="10" max="10" width="12.69921875" style="11" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="11.3984375" style="11" customWidth="1"/>
+    <col min="12" max="12" width="9.09765625" style="11" customWidth="1"/>
+    <col min="13" max="14" width="9.5" style="11" bestFit="1" customWidth="1"/>
+    <col min="15" max="240" width="8.796875" style="11"/>
+    <col min="241" max="241" width="15" style="11" customWidth="1"/>
+    <col min="242" max="242" width="11" style="11" customWidth="1"/>
+    <col min="243" max="243" width="8.8984375" style="11" customWidth="1"/>
+    <col min="244" max="244" width="11.09765625" style="11" customWidth="1"/>
+    <col min="245" max="245" width="8.3984375" style="11" customWidth="1"/>
+    <col min="246" max="246" width="9.69921875" style="11" customWidth="1"/>
+    <col min="247" max="247" width="9.59765625" style="11" customWidth="1"/>
+    <col min="248" max="248" width="10.8984375" style="11" customWidth="1"/>
+    <col min="249" max="249" width="10.296875" style="11" customWidth="1"/>
+    <col min="250" max="250" width="9.69921875" style="11" customWidth="1"/>
+    <col min="251" max="251" width="11.3984375" style="11" customWidth="1"/>
+    <col min="252" max="252" width="8.796875" style="11"/>
+    <col min="253" max="253" width="8.3984375" style="11" customWidth="1"/>
+    <col min="254" max="254" width="8" style="11" customWidth="1"/>
+    <col min="255" max="496" width="8.796875" style="11"/>
+    <col min="497" max="497" width="15" style="11" customWidth="1"/>
+    <col min="498" max="498" width="11" style="11" customWidth="1"/>
+    <col min="499" max="499" width="8.8984375" style="11" customWidth="1"/>
+    <col min="500" max="500" width="11.09765625" style="11" customWidth="1"/>
+    <col min="501" max="501" width="8.3984375" style="11" customWidth="1"/>
+    <col min="502" max="502" width="9.69921875" style="11" customWidth="1"/>
+    <col min="503" max="503" width="9.59765625" style="11" customWidth="1"/>
+    <col min="504" max="504" width="10.8984375" style="11" customWidth="1"/>
+    <col min="505" max="505" width="10.296875" style="11" customWidth="1"/>
+    <col min="506" max="506" width="9.69921875" style="11" customWidth="1"/>
+    <col min="507" max="507" width="11.3984375" style="11" customWidth="1"/>
+    <col min="508" max="508" width="8.796875" style="11"/>
+    <col min="509" max="509" width="8.3984375" style="11" customWidth="1"/>
+    <col min="510" max="510" width="8" style="11" customWidth="1"/>
+    <col min="511" max="752" width="8.796875" style="11"/>
+    <col min="753" max="753" width="15" style="11" customWidth="1"/>
+    <col min="754" max="754" width="11" style="11" customWidth="1"/>
+    <col min="755" max="755" width="8.8984375" style="11" customWidth="1"/>
+    <col min="756" max="756" width="11.09765625" style="11" customWidth="1"/>
+    <col min="757" max="757" width="8.3984375" style="11" customWidth="1"/>
+    <col min="758" max="758" width="9.69921875" style="11" customWidth="1"/>
+    <col min="759" max="759" width="9.59765625" style="11" customWidth="1"/>
+    <col min="760" max="760" width="10.8984375" style="11" customWidth="1"/>
+    <col min="761" max="761" width="10.296875" style="11" customWidth="1"/>
+    <col min="762" max="762" width="9.69921875" style="11" customWidth="1"/>
+    <col min="763" max="763" width="11.3984375" style="11" customWidth="1"/>
+    <col min="764" max="764" width="8.796875" style="11"/>
+    <col min="765" max="765" width="8.3984375" style="11" customWidth="1"/>
+    <col min="766" max="766" width="8" style="11" customWidth="1"/>
+    <col min="767" max="1008" width="8.796875" style="11"/>
+    <col min="1009" max="1009" width="15" style="11" customWidth="1"/>
+    <col min="1010" max="1010" width="11" style="11" customWidth="1"/>
+    <col min="1011" max="1011" width="8.8984375" style="11" customWidth="1"/>
+    <col min="1012" max="1012" width="11.09765625" style="11" customWidth="1"/>
+    <col min="1013" max="1013" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1014" max="1014" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1015" max="1015" width="9.59765625" style="11" customWidth="1"/>
+    <col min="1016" max="1016" width="10.8984375" style="11" customWidth="1"/>
+    <col min="1017" max="1017" width="10.296875" style="11" customWidth="1"/>
+    <col min="1018" max="1018" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1019" max="1019" width="11.3984375" style="11" customWidth="1"/>
+    <col min="1020" max="1020" width="8.796875" style="11"/>
+    <col min="1021" max="1021" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1022" max="1022" width="8" style="11" customWidth="1"/>
+    <col min="1023" max="1264" width="8.796875" style="11"/>
+    <col min="1265" max="1265" width="15" style="11" customWidth="1"/>
+    <col min="1266" max="1266" width="11" style="11" customWidth="1"/>
+    <col min="1267" max="1267" width="8.8984375" style="11" customWidth="1"/>
+    <col min="1268" max="1268" width="11.09765625" style="11" customWidth="1"/>
+    <col min="1269" max="1269" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1270" max="1270" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1271" max="1271" width="9.59765625" style="11" customWidth="1"/>
+    <col min="1272" max="1272" width="10.8984375" style="11" customWidth="1"/>
+    <col min="1273" max="1273" width="10.296875" style="11" customWidth="1"/>
+    <col min="1274" max="1274" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1275" max="1275" width="11.3984375" style="11" customWidth="1"/>
+    <col min="1276" max="1276" width="8.796875" style="11"/>
+    <col min="1277" max="1277" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1278" max="1278" width="8" style="11" customWidth="1"/>
+    <col min="1279" max="1520" width="8.796875" style="11"/>
+    <col min="1521" max="1521" width="15" style="11" customWidth="1"/>
+    <col min="1522" max="1522" width="11" style="11" customWidth="1"/>
+    <col min="1523" max="1523" width="8.8984375" style="11" customWidth="1"/>
+    <col min="1524" max="1524" width="11.09765625" style="11" customWidth="1"/>
+    <col min="1525" max="1525" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1526" max="1526" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1527" max="1527" width="9.59765625" style="11" customWidth="1"/>
+    <col min="1528" max="1528" width="10.8984375" style="11" customWidth="1"/>
+    <col min="1529" max="1529" width="10.296875" style="11" customWidth="1"/>
+    <col min="1530" max="1530" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1531" max="1531" width="11.3984375" style="11" customWidth="1"/>
+    <col min="1532" max="1532" width="8.796875" style="11"/>
+    <col min="1533" max="1533" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1534" max="1534" width="8" style="11" customWidth="1"/>
+    <col min="1535" max="1776" width="8.796875" style="11"/>
+    <col min="1777" max="1777" width="15" style="11" customWidth="1"/>
+    <col min="1778" max="1778" width="11" style="11" customWidth="1"/>
+    <col min="1779" max="1779" width="8.8984375" style="11" customWidth="1"/>
+    <col min="1780" max="1780" width="11.09765625" style="11" customWidth="1"/>
+    <col min="1781" max="1781" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1782" max="1782" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1783" max="1783" width="9.59765625" style="11" customWidth="1"/>
+    <col min="1784" max="1784" width="10.8984375" style="11" customWidth="1"/>
+    <col min="1785" max="1785" width="10.296875" style="11" customWidth="1"/>
+    <col min="1786" max="1786" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1787" max="1787" width="11.3984375" style="11" customWidth="1"/>
+    <col min="1788" max="1788" width="8.796875" style="11"/>
+    <col min="1789" max="1789" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1790" max="1790" width="8" style="11" customWidth="1"/>
+    <col min="1791" max="2032" width="8.796875" style="11"/>
+    <col min="2033" max="2033" width="15" style="11" customWidth="1"/>
+    <col min="2034" max="2034" width="11" style="11" customWidth="1"/>
+    <col min="2035" max="2035" width="8.8984375" style="11" customWidth="1"/>
+    <col min="2036" max="2036" width="11.09765625" style="11" customWidth="1"/>
+    <col min="2037" max="2037" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2038" max="2038" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2039" max="2039" width="9.59765625" style="11" customWidth="1"/>
+    <col min="2040" max="2040" width="10.8984375" style="11" customWidth="1"/>
+    <col min="2041" max="2041" width="10.296875" style="11" customWidth="1"/>
+    <col min="2042" max="2042" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2043" max="2043" width="11.3984375" style="11" customWidth="1"/>
+    <col min="2044" max="2044" width="8.796875" style="11"/>
+    <col min="2045" max="2045" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2046" max="2046" width="8" style="11" customWidth="1"/>
+    <col min="2047" max="2288" width="8.796875" style="11"/>
+    <col min="2289" max="2289" width="15" style="11" customWidth="1"/>
+    <col min="2290" max="2290" width="11" style="11" customWidth="1"/>
+    <col min="2291" max="2291" width="8.8984375" style="11" customWidth="1"/>
+    <col min="2292" max="2292" width="11.09765625" style="11" customWidth="1"/>
+    <col min="2293" max="2293" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2294" max="2294" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2295" max="2295" width="9.59765625" style="11" customWidth="1"/>
+    <col min="2296" max="2296" width="10.8984375" style="11" customWidth="1"/>
+    <col min="2297" max="2297" width="10.296875" style="11" customWidth="1"/>
+    <col min="2298" max="2298" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2299" max="2299" width="11.3984375" style="11" customWidth="1"/>
+    <col min="2300" max="2300" width="8.796875" style="11"/>
+    <col min="2301" max="2301" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2302" max="2302" width="8" style="11" customWidth="1"/>
+    <col min="2303" max="2544" width="8.796875" style="11"/>
+    <col min="2545" max="2545" width="15" style="11" customWidth="1"/>
+    <col min="2546" max="2546" width="11" style="11" customWidth="1"/>
+    <col min="2547" max="2547" width="8.8984375" style="11" customWidth="1"/>
+    <col min="2548" max="2548" width="11.09765625" style="11" customWidth="1"/>
+    <col min="2549" max="2549" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2550" max="2550" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2551" max="2551" width="9.59765625" style="11" customWidth="1"/>
+    <col min="2552" max="2552" width="10.8984375" style="11" customWidth="1"/>
+    <col min="2553" max="2553" width="10.296875" style="11" customWidth="1"/>
+    <col min="2554" max="2554" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2555" max="2555" width="11.3984375" style="11" customWidth="1"/>
+    <col min="2556" max="2556" width="8.796875" style="11"/>
+    <col min="2557" max="2557" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2558" max="2558" width="8" style="11" customWidth="1"/>
+    <col min="2559" max="2800" width="8.796875" style="11"/>
+    <col min="2801" max="2801" width="15" style="11" customWidth="1"/>
+    <col min="2802" max="2802" width="11" style="11" customWidth="1"/>
+    <col min="2803" max="2803" width="8.8984375" style="11" customWidth="1"/>
+    <col min="2804" max="2804" width="11.09765625" style="11" customWidth="1"/>
+    <col min="2805" max="2805" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2806" max="2806" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2807" max="2807" width="9.59765625" style="11" customWidth="1"/>
+    <col min="2808" max="2808" width="10.8984375" style="11" customWidth="1"/>
+    <col min="2809" max="2809" width="10.296875" style="11" customWidth="1"/>
+    <col min="2810" max="2810" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2811" max="2811" width="11.3984375" style="11" customWidth="1"/>
+    <col min="2812" max="2812" width="8.796875" style="11"/>
+    <col min="2813" max="2813" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2814" max="2814" width="8" style="11" customWidth="1"/>
+    <col min="2815" max="3056" width="8.796875" style="11"/>
+    <col min="3057" max="3057" width="15" style="11" customWidth="1"/>
+    <col min="3058" max="3058" width="11" style="11" customWidth="1"/>
+    <col min="3059" max="3059" width="8.8984375" style="11" customWidth="1"/>
+    <col min="3060" max="3060" width="11.09765625" style="11" customWidth="1"/>
+    <col min="3061" max="3061" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3062" max="3062" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3063" max="3063" width="9.59765625" style="11" customWidth="1"/>
+    <col min="3064" max="3064" width="10.8984375" style="11" customWidth="1"/>
+    <col min="3065" max="3065" width="10.296875" style="11" customWidth="1"/>
+    <col min="3066" max="3066" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3067" max="3067" width="11.3984375" style="11" customWidth="1"/>
+    <col min="3068" max="3068" width="8.796875" style="11"/>
+    <col min="3069" max="3069" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3070" max="3070" width="8" style="11" customWidth="1"/>
+    <col min="3071" max="3312" width="8.796875" style="11"/>
+    <col min="3313" max="3313" width="15" style="11" customWidth="1"/>
+    <col min="3314" max="3314" width="11" style="11" customWidth="1"/>
+    <col min="3315" max="3315" width="8.8984375" style="11" customWidth="1"/>
+    <col min="3316" max="3316" width="11.09765625" style="11" customWidth="1"/>
+    <col min="3317" max="3317" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3318" max="3318" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3319" max="3319" width="9.59765625" style="11" customWidth="1"/>
+    <col min="3320" max="3320" width="10.8984375" style="11" customWidth="1"/>
+    <col min="3321" max="3321" width="10.296875" style="11" customWidth="1"/>
+    <col min="3322" max="3322" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3323" max="3323" width="11.3984375" style="11" customWidth="1"/>
+    <col min="3324" max="3324" width="8.796875" style="11"/>
+    <col min="3325" max="3325" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3326" max="3326" width="8" style="11" customWidth="1"/>
+    <col min="3327" max="3568" width="8.796875" style="11"/>
+    <col min="3569" max="3569" width="15" style="11" customWidth="1"/>
+    <col min="3570" max="3570" width="11" style="11" customWidth="1"/>
+    <col min="3571" max="3571" width="8.8984375" style="11" customWidth="1"/>
+    <col min="3572" max="3572" width="11.09765625" style="11" customWidth="1"/>
+    <col min="3573" max="3573" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3574" max="3574" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3575" max="3575" width="9.59765625" style="11" customWidth="1"/>
+    <col min="3576" max="3576" width="10.8984375" style="11" customWidth="1"/>
+    <col min="3577" max="3577" width="10.296875" style="11" customWidth="1"/>
+    <col min="3578" max="3578" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3579" max="3579" width="11.3984375" style="11" customWidth="1"/>
+    <col min="3580" max="3580" width="8.796875" style="11"/>
+    <col min="3581" max="3581" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3582" max="3582" width="8" style="11" customWidth="1"/>
+    <col min="3583" max="3824" width="8.796875" style="11"/>
+    <col min="3825" max="3825" width="15" style="11" customWidth="1"/>
+    <col min="3826" max="3826" width="11" style="11" customWidth="1"/>
+    <col min="3827" max="3827" width="8.8984375" style="11" customWidth="1"/>
+    <col min="3828" max="3828" width="11.09765625" style="11" customWidth="1"/>
+    <col min="3829" max="3829" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3830" max="3830" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3831" max="3831" width="9.59765625" style="11" customWidth="1"/>
+    <col min="3832" max="3832" width="10.8984375" style="11" customWidth="1"/>
+    <col min="3833" max="3833" width="10.296875" style="11" customWidth="1"/>
+    <col min="3834" max="3834" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3835" max="3835" width="11.3984375" style="11" customWidth="1"/>
+    <col min="3836" max="3836" width="8.796875" style="11"/>
+    <col min="3837" max="3837" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3838" max="3838" width="8" style="11" customWidth="1"/>
+    <col min="3839" max="4080" width="8.796875" style="11"/>
+    <col min="4081" max="4081" width="15" style="11" customWidth="1"/>
+    <col min="4082" max="4082" width="11" style="11" customWidth="1"/>
+    <col min="4083" max="4083" width="8.8984375" style="11" customWidth="1"/>
+    <col min="4084" max="4084" width="11.09765625" style="11" customWidth="1"/>
+    <col min="4085" max="4085" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4086" max="4086" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4087" max="4087" width="9.59765625" style="11" customWidth="1"/>
+    <col min="4088" max="4088" width="10.8984375" style="11" customWidth="1"/>
+    <col min="4089" max="4089" width="10.296875" style="11" customWidth="1"/>
+    <col min="4090" max="4090" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4091" max="4091" width="11.3984375" style="11" customWidth="1"/>
+    <col min="4092" max="4092" width="8.796875" style="11"/>
+    <col min="4093" max="4093" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4094" max="4094" width="8" style="11" customWidth="1"/>
+    <col min="4095" max="4336" width="8.796875" style="11"/>
+    <col min="4337" max="4337" width="15" style="11" customWidth="1"/>
+    <col min="4338" max="4338" width="11" style="11" customWidth="1"/>
+    <col min="4339" max="4339" width="8.8984375" style="11" customWidth="1"/>
+    <col min="4340" max="4340" width="11.09765625" style="11" customWidth="1"/>
+    <col min="4341" max="4341" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4342" max="4342" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4343" max="4343" width="9.59765625" style="11" customWidth="1"/>
+    <col min="4344" max="4344" width="10.8984375" style="11" customWidth="1"/>
+    <col min="4345" max="4345" width="10.296875" style="11" customWidth="1"/>
+    <col min="4346" max="4346" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4347" max="4347" width="11.3984375" style="11" customWidth="1"/>
+    <col min="4348" max="4348" width="8.796875" style="11"/>
+    <col min="4349" max="4349" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4350" max="4350" width="8" style="11" customWidth="1"/>
+    <col min="4351" max="4592" width="8.796875" style="11"/>
+    <col min="4593" max="4593" width="15" style="11" customWidth="1"/>
+    <col min="4594" max="4594" width="11" style="11" customWidth="1"/>
+    <col min="4595" max="4595" width="8.8984375" style="11" customWidth="1"/>
+    <col min="4596" max="4596" width="11.09765625" style="11" customWidth="1"/>
+    <col min="4597" max="4597" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4598" max="4598" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4599" max="4599" width="9.59765625" style="11" customWidth="1"/>
+    <col min="4600" max="4600" width="10.8984375" style="11" customWidth="1"/>
+    <col min="4601" max="4601" width="10.296875" style="11" customWidth="1"/>
+    <col min="4602" max="4602" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4603" max="4603" width="11.3984375" style="11" customWidth="1"/>
+    <col min="4604" max="4604" width="8.796875" style="11"/>
+    <col min="4605" max="4605" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4606" max="4606" width="8" style="11" customWidth="1"/>
+    <col min="4607" max="4848" width="8.796875" style="11"/>
+    <col min="4849" max="4849" width="15" style="11" customWidth="1"/>
+    <col min="4850" max="4850" width="11" style="11" customWidth="1"/>
+    <col min="4851" max="4851" width="8.8984375" style="11" customWidth="1"/>
+    <col min="4852" max="4852" width="11.09765625" style="11" customWidth="1"/>
+    <col min="4853" max="4853" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4854" max="4854" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4855" max="4855" width="9.59765625" style="11" customWidth="1"/>
+    <col min="4856" max="4856" width="10.8984375" style="11" customWidth="1"/>
+    <col min="4857" max="4857" width="10.296875" style="11" customWidth="1"/>
+    <col min="4858" max="4858" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4859" max="4859" width="11.3984375" style="11" customWidth="1"/>
+    <col min="4860" max="4860" width="8.796875" style="11"/>
+    <col min="4861" max="4861" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4862" max="4862" width="8" style="11" customWidth="1"/>
+    <col min="4863" max="5104" width="8.796875" style="11"/>
+    <col min="5105" max="5105" width="15" style="11" customWidth="1"/>
+    <col min="5106" max="5106" width="11" style="11" customWidth="1"/>
+    <col min="5107" max="5107" width="8.8984375" style="11" customWidth="1"/>
+    <col min="5108" max="5108" width="11.09765625" style="11" customWidth="1"/>
+    <col min="5109" max="5109" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5110" max="5110" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5111" max="5111" width="9.59765625" style="11" customWidth="1"/>
+    <col min="5112" max="5112" width="10.8984375" style="11" customWidth="1"/>
+    <col min="5113" max="5113" width="10.296875" style="11" customWidth="1"/>
+    <col min="5114" max="5114" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5115" max="5115" width="11.3984375" style="11" customWidth="1"/>
+    <col min="5116" max="5116" width="8.796875" style="11"/>
+    <col min="5117" max="5117" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5118" max="5118" width="8" style="11" customWidth="1"/>
+    <col min="5119" max="5360" width="8.796875" style="11"/>
+    <col min="5361" max="5361" width="15" style="11" customWidth="1"/>
+    <col min="5362" max="5362" width="11" style="11" customWidth="1"/>
+    <col min="5363" max="5363" width="8.8984375" style="11" customWidth="1"/>
+    <col min="5364" max="5364" width="11.09765625" style="11" customWidth="1"/>
+    <col min="5365" max="5365" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5366" max="5366" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5367" max="5367" width="9.59765625" style="11" customWidth="1"/>
+    <col min="5368" max="5368" width="10.8984375" style="11" customWidth="1"/>
+    <col min="5369" max="5369" width="10.296875" style="11" customWidth="1"/>
+    <col min="5370" max="5370" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5371" max="5371" width="11.3984375" style="11" customWidth="1"/>
+    <col min="5372" max="5372" width="8.796875" style="11"/>
+    <col min="5373" max="5373" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5374" max="5374" width="8" style="11" customWidth="1"/>
+    <col min="5375" max="5616" width="8.796875" style="11"/>
+    <col min="5617" max="5617" width="15" style="11" customWidth="1"/>
+    <col min="5618" max="5618" width="11" style="11" customWidth="1"/>
+    <col min="5619" max="5619" width="8.8984375" style="11" customWidth="1"/>
+    <col min="5620" max="5620" width="11.09765625" style="11" customWidth="1"/>
+    <col min="5621" max="5621" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5622" max="5622" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5623" max="5623" width="9.59765625" style="11" customWidth="1"/>
+    <col min="5624" max="5624" width="10.8984375" style="11" customWidth="1"/>
+    <col min="5625" max="5625" width="10.296875" style="11" customWidth="1"/>
+    <col min="5626" max="5626" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5627" max="5627" width="11.3984375" style="11" customWidth="1"/>
+    <col min="5628" max="5628" width="8.796875" style="11"/>
+    <col min="5629" max="5629" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5630" max="5630" width="8" style="11" customWidth="1"/>
+    <col min="5631" max="5872" width="8.796875" style="11"/>
+    <col min="5873" max="5873" width="15" style="11" customWidth="1"/>
+    <col min="5874" max="5874" width="11" style="11" customWidth="1"/>
+    <col min="5875" max="5875" width="8.8984375" style="11" customWidth="1"/>
+    <col min="5876" max="5876" width="11.09765625" style="11" customWidth="1"/>
+    <col min="5877" max="5877" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5878" max="5878" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5879" max="5879" width="9.59765625" style="11" customWidth="1"/>
+    <col min="5880" max="5880" width="10.8984375" style="11" customWidth="1"/>
+    <col min="5881" max="5881" width="10.296875" style="11" customWidth="1"/>
+    <col min="5882" max="5882" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5883" max="5883" width="11.3984375" style="11" customWidth="1"/>
+    <col min="5884" max="5884" width="8.796875" style="11"/>
+    <col min="5885" max="5885" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5886" max="5886" width="8" style="11" customWidth="1"/>
+    <col min="5887" max="6128" width="8.796875" style="11"/>
+    <col min="6129" max="6129" width="15" style="11" customWidth="1"/>
+    <col min="6130" max="6130" width="11" style="11" customWidth="1"/>
+    <col min="6131" max="6131" width="8.8984375" style="11" customWidth="1"/>
+    <col min="6132" max="6132" width="11.09765625" style="11" customWidth="1"/>
+    <col min="6133" max="6133" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6134" max="6134" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6135" max="6135" width="9.59765625" style="11" customWidth="1"/>
+    <col min="6136" max="6136" width="10.8984375" style="11" customWidth="1"/>
+    <col min="6137" max="6137" width="10.296875" style="11" customWidth="1"/>
+    <col min="6138" max="6138" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6139" max="6139" width="11.3984375" style="11" customWidth="1"/>
+    <col min="6140" max="6140" width="8.796875" style="11"/>
+    <col min="6141" max="6141" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6142" max="6142" width="8" style="11" customWidth="1"/>
+    <col min="6143" max="6384" width="8.796875" style="11"/>
+    <col min="6385" max="6385" width="15" style="11" customWidth="1"/>
+    <col min="6386" max="6386" width="11" style="11" customWidth="1"/>
+    <col min="6387" max="6387" width="8.8984375" style="11" customWidth="1"/>
+    <col min="6388" max="6388" width="11.09765625" style="11" customWidth="1"/>
+    <col min="6389" max="6389" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6390" max="6390" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6391" max="6391" width="9.59765625" style="11" customWidth="1"/>
+    <col min="6392" max="6392" width="10.8984375" style="11" customWidth="1"/>
+    <col min="6393" max="6393" width="10.296875" style="11" customWidth="1"/>
+    <col min="6394" max="6394" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6395" max="6395" width="11.3984375" style="11" customWidth="1"/>
+    <col min="6396" max="6396" width="8.796875" style="11"/>
+    <col min="6397" max="6397" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6398" max="6398" width="8" style="11" customWidth="1"/>
+    <col min="6399" max="6640" width="8.796875" style="11"/>
+    <col min="6641" max="6641" width="15" style="11" customWidth="1"/>
+    <col min="6642" max="6642" width="11" style="11" customWidth="1"/>
+    <col min="6643" max="6643" width="8.8984375" style="11" customWidth="1"/>
+    <col min="6644" max="6644" width="11.09765625" style="11" customWidth="1"/>
+    <col min="6645" max="6645" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6646" max="6646" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6647" max="6647" width="9.59765625" style="11" customWidth="1"/>
+    <col min="6648" max="6648" width="10.8984375" style="11" customWidth="1"/>
+    <col min="6649" max="6649" width="10.296875" style="11" customWidth="1"/>
+    <col min="6650" max="6650" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6651" max="6651" width="11.3984375" style="11" customWidth="1"/>
+    <col min="6652" max="6652" width="8.796875" style="11"/>
+    <col min="6653" max="6653" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6654" max="6654" width="8" style="11" customWidth="1"/>
+    <col min="6655" max="6896" width="8.796875" style="11"/>
+    <col min="6897" max="6897" width="15" style="11" customWidth="1"/>
+    <col min="6898" max="6898" width="11" style="11" customWidth="1"/>
+    <col min="6899" max="6899" width="8.8984375" style="11" customWidth="1"/>
+    <col min="6900" max="6900" width="11.09765625" style="11" customWidth="1"/>
+    <col min="6901" max="6901" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6902" max="6902" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6903" max="6903" width="9.59765625" style="11" customWidth="1"/>
+    <col min="6904" max="6904" width="10.8984375" style="11" customWidth="1"/>
+    <col min="6905" max="6905" width="10.296875" style="11" customWidth="1"/>
+    <col min="6906" max="6906" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6907" max="6907" width="11.3984375" style="11" customWidth="1"/>
+    <col min="6908" max="6908" width="8.796875" style="11"/>
+    <col min="6909" max="6909" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6910" max="6910" width="8" style="11" customWidth="1"/>
+    <col min="6911" max="7152" width="8.796875" style="11"/>
+    <col min="7153" max="7153" width="15" style="11" customWidth="1"/>
+    <col min="7154" max="7154" width="11" style="11" customWidth="1"/>
+    <col min="7155" max="7155" width="8.8984375" style="11" customWidth="1"/>
+    <col min="7156" max="7156" width="11.09765625" style="11" customWidth="1"/>
+    <col min="7157" max="7157" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7158" max="7158" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7159" max="7159" width="9.59765625" style="11" customWidth="1"/>
+    <col min="7160" max="7160" width="10.8984375" style="11" customWidth="1"/>
+    <col min="7161" max="7161" width="10.296875" style="11" customWidth="1"/>
+    <col min="7162" max="7162" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7163" max="7163" width="11.3984375" style="11" customWidth="1"/>
+    <col min="7164" max="7164" width="8.796875" style="11"/>
+    <col min="7165" max="7165" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7166" max="7166" width="8" style="11" customWidth="1"/>
+    <col min="7167" max="7408" width="8.796875" style="11"/>
+    <col min="7409" max="7409" width="15" style="11" customWidth="1"/>
+    <col min="7410" max="7410" width="11" style="11" customWidth="1"/>
+    <col min="7411" max="7411" width="8.8984375" style="11" customWidth="1"/>
+    <col min="7412" max="7412" width="11.09765625" style="11" customWidth="1"/>
+    <col min="7413" max="7413" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7414" max="7414" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7415" max="7415" width="9.59765625" style="11" customWidth="1"/>
+    <col min="7416" max="7416" width="10.8984375" style="11" customWidth="1"/>
+    <col min="7417" max="7417" width="10.296875" style="11" customWidth="1"/>
+    <col min="7418" max="7418" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7419" max="7419" width="11.3984375" style="11" customWidth="1"/>
+    <col min="7420" max="7420" width="8.796875" style="11"/>
+    <col min="7421" max="7421" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7422" max="7422" width="8" style="11" customWidth="1"/>
+    <col min="7423" max="7664" width="8.796875" style="11"/>
+    <col min="7665" max="7665" width="15" style="11" customWidth="1"/>
+    <col min="7666" max="7666" width="11" style="11" customWidth="1"/>
+    <col min="7667" max="7667" width="8.8984375" style="11" customWidth="1"/>
+    <col min="7668" max="7668" width="11.09765625" style="11" customWidth="1"/>
+    <col min="7669" max="7669" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7670" max="7670" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7671" max="7671" width="9.59765625" style="11" customWidth="1"/>
+    <col min="7672" max="7672" width="10.8984375" style="11" customWidth="1"/>
+    <col min="7673" max="7673" width="10.296875" style="11" customWidth="1"/>
+    <col min="7674" max="7674" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7675" max="7675" width="11.3984375" style="11" customWidth="1"/>
+    <col min="7676" max="7676" width="8.796875" style="11"/>
+    <col min="7677" max="7677" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7678" max="7678" width="8" style="11" customWidth="1"/>
+    <col min="7679" max="7920" width="8.796875" style="11"/>
+    <col min="7921" max="7921" width="15" style="11" customWidth="1"/>
+    <col min="7922" max="7922" width="11" style="11" customWidth="1"/>
+    <col min="7923" max="7923" width="8.8984375" style="11" customWidth="1"/>
+    <col min="7924" max="7924" width="11.09765625" style="11" customWidth="1"/>
+    <col min="7925" max="7925" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7926" max="7926" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7927" max="7927" width="9.59765625" style="11" customWidth="1"/>
+    <col min="7928" max="7928" width="10.8984375" style="11" customWidth="1"/>
+    <col min="7929" max="7929" width="10.296875" style="11" customWidth="1"/>
+    <col min="7930" max="7930" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7931" max="7931" width="11.3984375" style="11" customWidth="1"/>
+    <col min="7932" max="7932" width="8.796875" style="11"/>
+    <col min="7933" max="7933" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7934" max="7934" width="8" style="11" customWidth="1"/>
+    <col min="7935" max="8176" width="8.796875" style="11"/>
+    <col min="8177" max="8177" width="15" style="11" customWidth="1"/>
+    <col min="8178" max="8178" width="11" style="11" customWidth="1"/>
+    <col min="8179" max="8179" width="8.8984375" style="11" customWidth="1"/>
+    <col min="8180" max="8180" width="11.09765625" style="11" customWidth="1"/>
+    <col min="8181" max="8181" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8182" max="8182" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8183" max="8183" width="9.59765625" style="11" customWidth="1"/>
+    <col min="8184" max="8184" width="10.8984375" style="11" customWidth="1"/>
+    <col min="8185" max="8185" width="10.296875" style="11" customWidth="1"/>
+    <col min="8186" max="8186" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8187" max="8187" width="11.3984375" style="11" customWidth="1"/>
+    <col min="8188" max="8188" width="8.796875" style="11"/>
+    <col min="8189" max="8189" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8190" max="8190" width="8" style="11" customWidth="1"/>
+    <col min="8191" max="8432" width="8.796875" style="11"/>
+    <col min="8433" max="8433" width="15" style="11" customWidth="1"/>
+    <col min="8434" max="8434" width="11" style="11" customWidth="1"/>
+    <col min="8435" max="8435" width="8.8984375" style="11" customWidth="1"/>
+    <col min="8436" max="8436" width="11.09765625" style="11" customWidth="1"/>
+    <col min="8437" max="8437" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8438" max="8438" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8439" max="8439" width="9.59765625" style="11" customWidth="1"/>
+    <col min="8440" max="8440" width="10.8984375" style="11" customWidth="1"/>
+    <col min="8441" max="8441" width="10.296875" style="11" customWidth="1"/>
+    <col min="8442" max="8442" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8443" max="8443" width="11.3984375" style="11" customWidth="1"/>
+    <col min="8444" max="8444" width="8.796875" style="11"/>
+    <col min="8445" max="8445" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8446" max="8446" width="8" style="11" customWidth="1"/>
+    <col min="8447" max="8688" width="8.796875" style="11"/>
+    <col min="8689" max="8689" width="15" style="11" customWidth="1"/>
+    <col min="8690" max="8690" width="11" style="11" customWidth="1"/>
+    <col min="8691" max="8691" width="8.8984375" style="11" customWidth="1"/>
+    <col min="8692" max="8692" width="11.09765625" style="11" customWidth="1"/>
+    <col min="8693" max="8693" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8694" max="8694" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8695" max="8695" width="9.59765625" style="11" customWidth="1"/>
+    <col min="8696" max="8696" width="10.8984375" style="11" customWidth="1"/>
+    <col min="8697" max="8697" width="10.296875" style="11" customWidth="1"/>
+    <col min="8698" max="8698" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8699" max="8699" width="11.3984375" style="11" customWidth="1"/>
+    <col min="8700" max="8700" width="8.796875" style="11"/>
+    <col min="8701" max="8701" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8702" max="8702" width="8" style="11" customWidth="1"/>
+    <col min="8703" max="8944" width="8.796875" style="11"/>
+    <col min="8945" max="8945" width="15" style="11" customWidth="1"/>
+    <col min="8946" max="8946" width="11" style="11" customWidth="1"/>
+    <col min="8947" max="8947" width="8.8984375" style="11" customWidth="1"/>
+    <col min="8948" max="8948" width="11.09765625" style="11" customWidth="1"/>
+    <col min="8949" max="8949" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8950" max="8950" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8951" max="8951" width="9.59765625" style="11" customWidth="1"/>
+    <col min="8952" max="8952" width="10.8984375" style="11" customWidth="1"/>
+    <col min="8953" max="8953" width="10.296875" style="11" customWidth="1"/>
+    <col min="8954" max="8954" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8955" max="8955" width="11.3984375" style="11" customWidth="1"/>
+    <col min="8956" max="8956" width="8.796875" style="11"/>
+    <col min="8957" max="8957" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8958" max="8958" width="8" style="11" customWidth="1"/>
+    <col min="8959" max="9200" width="8.796875" style="11"/>
+    <col min="9201" max="9201" width="15" style="11" customWidth="1"/>
+    <col min="9202" max="9202" width="11" style="11" customWidth="1"/>
+    <col min="9203" max="9203" width="8.8984375" style="11" customWidth="1"/>
+    <col min="9204" max="9204" width="11.09765625" style="11" customWidth="1"/>
+    <col min="9205" max="9205" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9206" max="9206" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9207" max="9207" width="9.59765625" style="11" customWidth="1"/>
+    <col min="9208" max="9208" width="10.8984375" style="11" customWidth="1"/>
+    <col min="9209" max="9209" width="10.296875" style="11" customWidth="1"/>
+    <col min="9210" max="9210" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9211" max="9211" width="11.3984375" style="11" customWidth="1"/>
+    <col min="9212" max="9212" width="8.796875" style="11"/>
+    <col min="9213" max="9213" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9214" max="9214" width="8" style="11" customWidth="1"/>
+    <col min="9215" max="9456" width="8.796875" style="11"/>
+    <col min="9457" max="9457" width="15" style="11" customWidth="1"/>
+    <col min="9458" max="9458" width="11" style="11" customWidth="1"/>
+    <col min="9459" max="9459" width="8.8984375" style="11" customWidth="1"/>
+    <col min="9460" max="9460" width="11.09765625" style="11" customWidth="1"/>
+    <col min="9461" max="9461" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9462" max="9462" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9463" max="9463" width="9.59765625" style="11" customWidth="1"/>
+    <col min="9464" max="9464" width="10.8984375" style="11" customWidth="1"/>
+    <col min="9465" max="9465" width="10.296875" style="11" customWidth="1"/>
+    <col min="9466" max="9466" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9467" max="9467" width="11.3984375" style="11" customWidth="1"/>
+    <col min="9468" max="9468" width="8.796875" style="11"/>
+    <col min="9469" max="9469" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9470" max="9470" width="8" style="11" customWidth="1"/>
+    <col min="9471" max="9712" width="8.796875" style="11"/>
+    <col min="9713" max="9713" width="15" style="11" customWidth="1"/>
+    <col min="9714" max="9714" width="11" style="11" customWidth="1"/>
+    <col min="9715" max="9715" width="8.8984375" style="11" customWidth="1"/>
+    <col min="9716" max="9716" width="11.09765625" style="11" customWidth="1"/>
+    <col min="9717" max="9717" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9718" max="9718" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9719" max="9719" width="9.59765625" style="11" customWidth="1"/>
+    <col min="9720" max="9720" width="10.8984375" style="11" customWidth="1"/>
+    <col min="9721" max="9721" width="10.296875" style="11" customWidth="1"/>
+    <col min="9722" max="9722" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9723" max="9723" width="11.3984375" style="11" customWidth="1"/>
+    <col min="9724" max="9724" width="8.796875" style="11"/>
+    <col min="9725" max="9725" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9726" max="9726" width="8" style="11" customWidth="1"/>
+    <col min="9727" max="9968" width="8.796875" style="11"/>
+    <col min="9969" max="9969" width="15" style="11" customWidth="1"/>
+    <col min="9970" max="9970" width="11" style="11" customWidth="1"/>
+    <col min="9971" max="9971" width="8.8984375" style="11" customWidth="1"/>
+    <col min="9972" max="9972" width="11.09765625" style="11" customWidth="1"/>
+    <col min="9973" max="9973" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9974" max="9974" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9975" max="9975" width="9.59765625" style="11" customWidth="1"/>
+    <col min="9976" max="9976" width="10.8984375" style="11" customWidth="1"/>
+    <col min="9977" max="9977" width="10.296875" style="11" customWidth="1"/>
+    <col min="9978" max="9978" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9979" max="9979" width="11.3984375" style="11" customWidth="1"/>
+    <col min="9980" max="9980" width="8.796875" style="11"/>
+    <col min="9981" max="9981" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9982" max="9982" width="8" style="11" customWidth="1"/>
+    <col min="9983" max="10224" width="8.796875" style="11"/>
+    <col min="10225" max="10225" width="15" style="11" customWidth="1"/>
+    <col min="10226" max="10226" width="11" style="11" customWidth="1"/>
+    <col min="10227" max="10227" width="8.8984375" style="11" customWidth="1"/>
+    <col min="10228" max="10228" width="11.09765625" style="11" customWidth="1"/>
+    <col min="10229" max="10229" width="8.3984375" style="11" customWidth="1"/>
+    <col min="10230" max="10230" width="9.69921875" style="11" customWidth="1"/>
+    <col min="10231" max="10231" width="9.59765625" style="11" customWidth="1"/>
+    <col min="10232" max="10232" width="10.8984375" style="11" customWidth="1"/>
+    <col min="10233" max="10233" width="10.296875" style="11" customWidth="1"/>
+    <col min="10234" max="10234" width="9.69921875" style="11" customWidth="1"/>
+    <col min="10235" max="10235" width="11.3984375" style="11" customWidth="1"/>
+    <col min="10236" max="10236" width="8.796875" style="11"/>
+    <col min="10237" max="10237" width="8.3984375" style="11" customWidth="1"/>
+    <col min="10238" max="10238" width="8" style="11" customWidth="1"/>
+    <col min="10239" max="10480" width="8.796875" style="11"/>
+    <col min="10481" max="10481" width="15" style="11" customWidth="1"/>
+    <col min="10482" max="10482" width="11" style="11" customWidth="1"/>
+    <col min="10483" max="10483" width="8.8984375" style="11" customWidth="1"/>
+    <col min="10484" max="10484" width="11.09765625" style="11" customWidth="1"/>
+    <col min="10485" max="10485" width="8.3984375" style="11" customWidth="1"/>
+    <col min="10486" max="10486" width="9.69921875" style="11" customWidth="1"/>
+    <col min="10487" max="10487" width="9.59765625" style="11" customWidth="1"/>
+    <col min="10488" max="10488" width="10.8984375" style="11" customWidth="1"/>
+    <col min="10489" max="10489" width="10.296875" style="11" customWidth="1"/>
+    <col min="10490" max="10490" width="9.69921875" style="11" customWidth="1"/>
+    <col min="10491" max="10491" width="11.3984375" style="11" customWidth="1"/>
+    <col min="10492" max="10492" width="8.796875" style="11"/>
+    <col min="10493" max="10493" width="8.3984375" style="11" customWidth="1"/>
+    <col min="10494" max="10494" width="8" style="11" customWidth="1"/>
+    <col min="10495" max="10736" width="8.796875" style="11"/>
+    <col min="10737" max="10737" width="15" style="11" customWidth="1"/>
+    <col min="10738" max="10738" width="11" style="11" customWidth="1"/>
+    <col min="10739" max="10739" width="8.8984375" style="11" customWidth="1"/>
+    <col min="10740" max="10740" width="11.09765625" style="11" customWidth="1"/>
+    <col min="10741" max="10741" width="8.3984375" style="11" customWidth="1"/>
+    <col min="10742" max="10742" width="9.69921875" style="11" customWidth="1"/>
+    <col min="10743" max="10743" width="9.59765625" style="11" customWidth="1"/>
+    <col min="10744" max="10744" width="10.8984375" style="11" customWidth="1"/>
+    <col min="10745" max="10745" width="10.296875" style="11" customWidth="1"/>
+    <col min="10746" max="10746" width="9.69921875" style="11" customWidth="1"/>
+    <col min="10747" max="10747" width="11.3984375" style="11" customWidth="1"/>
+    <col min="10748" max="10748" width="8.796875" style="11"/>
+    <col min="10749" max="10749" width="8.3984375" style="11" customWidth="1"/>
+    <col min="10750" max="10750" width="8" style="11" customWidth="1"/>
+    <col min="10751" max="10992" width="8.796875" style="11"/>
+    <col min="10993" max="10993" width="15" style="11" customWidth="1"/>
+    <col min="10994" max="10994" width="11" style="11" customWidth="1"/>
+    <col min="10995" max="10995" width="8.8984375" style="11" customWidth="1"/>
+    <col min="10996" max="10996" width="11.09765625" style="11" customWidth="1"/>
+    <col min="10997" max="10997" width="8.3984375" style="11" customWidth="1"/>
+    <col min="10998" max="10998" width="9.69921875" style="11" customWidth="1"/>
+    <col min="10999" max="10999" width="9.59765625" style="11" customWidth="1"/>
+    <col min="11000" max="11000" width="10.8984375" style="11" customWidth="1"/>
+    <col min="11001" max="11001" width="10.296875" style="11" customWidth="1"/>
+    <col min="11002" max="11002" width="9.69921875" style="11" customWidth="1"/>
+    <col min="11003" max="11003" width="11.3984375" style="11" customWidth="1"/>
+    <col min="11004" max="11004" width="8.796875" style="11"/>
+    <col min="11005" max="11005" width="8.3984375" style="11" customWidth="1"/>
+    <col min="11006" max="11006" width="8" style="11" customWidth="1"/>
+    <col min="11007" max="11248" width="8.796875" style="11"/>
+    <col min="11249" max="11249" width="15" style="11" customWidth="1"/>
+    <col min="11250" max="11250" width="11" style="11" customWidth="1"/>
+    <col min="11251" max="11251" width="8.8984375" style="11" customWidth="1"/>
+    <col min="11252" max="11252" width="11.09765625" style="11" customWidth="1"/>
+    <col min="11253" max="11253" width="8.3984375" style="11" customWidth="1"/>
+    <col min="11254" max="11254" width="9.69921875" style="11" customWidth="1"/>
+    <col min="11255" max="11255" width="9.59765625" style="11" customWidth="1"/>
+    <col min="11256" max="11256" width="10.8984375" style="11" customWidth="1"/>
+    <col min="11257" max="11257" width="10.296875" style="11" customWidth="1"/>
+    <col min="11258" max="11258" width="9.69921875" style="11" customWidth="1"/>
+    <col min="11259" max="11259" width="11.3984375" style="11" customWidth="1"/>
+    <col min="11260" max="11260" width="8.796875" style="11"/>
+    <col min="11261" max="11261" width="8.3984375" style="11" customWidth="1"/>
+    <col min="11262" max="11262" width="8" style="11" customWidth="1"/>
+    <col min="11263" max="11504" width="8.796875" style="11"/>
+    <col min="11505" max="11505" width="15" style="11" customWidth="1"/>
+    <col min="11506" max="11506" width="11" style="11" customWidth="1"/>
+    <col min="11507" max="11507" width="8.8984375" style="11" customWidth="1"/>
+    <col min="11508" max="11508" width="11.09765625" style="11" customWidth="1"/>
+    <col min="11509" max="11509" width="8.3984375" style="11" customWidth="1"/>
+    <col min="11510" max="11510" width="9.69921875" style="11" customWidth="1"/>
+    <col min="11511" max="11511" width="9.59765625" style="11" customWidth="1"/>
+    <col min="11512" max="11512" width="10.8984375" style="11" customWidth="1"/>
+    <col min="11513" max="11513" width="10.296875" style="11" customWidth="1"/>
+    <col min="11514" max="11514" width="9.69921875" style="11" customWidth="1"/>
+    <col min="11515" max="11515" width="11.3984375" style="11" customWidth="1"/>
+    <col min="11516" max="11516" width="8.796875" style="11"/>
+    <col min="11517" max="11517" width="8.3984375" style="11" customWidth="1"/>
+    <col min="11518" max="11518" width="8" style="11" customWidth="1"/>
+    <col min="11519" max="11760" width="8.796875" style="11"/>
+    <col min="11761" max="11761" width="15" style="11" customWidth="1"/>
+    <col min="11762" max="11762" width="11" style="11" customWidth="1"/>
+    <col min="11763" max="11763" width="8.8984375" style="11" customWidth="1"/>
+    <col min="11764" max="11764" width="11.09765625" style="11" customWidth="1"/>
+    <col min="11765" max="11765" width="8.3984375" style="11" customWidth="1"/>
+    <col min="11766" max="11766" width="9.69921875" style="11" customWidth="1"/>
+    <col min="11767" max="11767" width="9.59765625" style="11" customWidth="1"/>
+    <col min="11768" max="11768" width="10.8984375" style="11" customWidth="1"/>
+    <col min="11769" max="11769" width="10.296875" style="11" customWidth="1"/>
+    <col min="11770" max="11770" width="9.69921875" style="11" customWidth="1"/>
+    <col min="11771" max="11771" width="11.3984375" style="11" customWidth="1"/>
+    <col min="11772" max="11772" width="8.796875" style="11"/>
+    <col min="11773" max="11773" width="8.3984375" style="11" customWidth="1"/>
+    <col min="11774" max="11774" width="8" style="11" customWidth="1"/>
+    <col min="11775" max="12016" width="8.796875" style="11"/>
+    <col min="12017" max="12017" width="15" style="11" customWidth="1"/>
+    <col min="12018" max="12018" width="11" style="11" customWidth="1"/>
+    <col min="12019" max="12019" width="8.8984375" style="11" customWidth="1"/>
+    <col min="12020" max="12020" width="11.09765625" style="11" customWidth="1"/>
+    <col min="12021" max="12021" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12022" max="12022" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12023" max="12023" width="9.59765625" style="11" customWidth="1"/>
+    <col min="12024" max="12024" width="10.8984375" style="11" customWidth="1"/>
+    <col min="12025" max="12025" width="10.296875" style="11" customWidth="1"/>
+    <col min="12026" max="12026" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12027" max="12027" width="11.3984375" style="11" customWidth="1"/>
+    <col min="12028" max="12028" width="8.796875" style="11"/>
+    <col min="12029" max="12029" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12030" max="12030" width="8" style="11" customWidth="1"/>
+    <col min="12031" max="12272" width="8.796875" style="11"/>
+    <col min="12273" max="12273" width="15" style="11" customWidth="1"/>
+    <col min="12274" max="12274" width="11" style="11" customWidth="1"/>
+    <col min="12275" max="12275" width="8.8984375" style="11" customWidth="1"/>
+    <col min="12276" max="12276" width="11.09765625" style="11" customWidth="1"/>
+    <col min="12277" max="12277" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12278" max="12278" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12279" max="12279" width="9.59765625" style="11" customWidth="1"/>
+    <col min="12280" max="12280" width="10.8984375" style="11" customWidth="1"/>
+    <col min="12281" max="12281" width="10.296875" style="11" customWidth="1"/>
+    <col min="12282" max="12282" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12283" max="12283" width="11.3984375" style="11" customWidth="1"/>
+    <col min="12284" max="12284" width="8.796875" style="11"/>
+    <col min="12285" max="12285" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12286" max="12286" width="8" style="11" customWidth="1"/>
+    <col min="12287" max="12528" width="8.796875" style="11"/>
+    <col min="12529" max="12529" width="15" style="11" customWidth="1"/>
+    <col min="12530" max="12530" width="11" style="11" customWidth="1"/>
+    <col min="12531" max="12531" width="8.8984375" style="11" customWidth="1"/>
+    <col min="12532" max="12532" width="11.09765625" style="11" customWidth="1"/>
+    <col min="12533" max="12533" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12534" max="12534" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12535" max="12535" width="9.59765625" style="11" customWidth="1"/>
+    <col min="12536" max="12536" width="10.8984375" style="11" customWidth="1"/>
+    <col min="12537" max="12537" width="10.296875" style="11" customWidth="1"/>
+    <col min="12538" max="12538" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12539" max="12539" width="11.3984375" style="11" customWidth="1"/>
+    <col min="12540" max="12540" width="8.796875" style="11"/>
+    <col min="12541" max="12541" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12542" max="12542" width="8" style="11" customWidth="1"/>
+    <col min="12543" max="12784" width="8.796875" style="11"/>
+    <col min="12785" max="12785" width="15" style="11" customWidth="1"/>
+    <col min="12786" max="12786" width="11" style="11" customWidth="1"/>
+    <col min="12787" max="12787" width="8.8984375" style="11" customWidth="1"/>
+    <col min="12788" max="12788" width="11.09765625" style="11" customWidth="1"/>
+    <col min="12789" max="12789" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12790" max="12790" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12791" max="12791" width="9.59765625" style="11" customWidth="1"/>
+    <col min="12792" max="12792" width="10.8984375" style="11" customWidth="1"/>
+    <col min="12793" max="12793" width="10.296875" style="11" customWidth="1"/>
+    <col min="12794" max="12794" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12795" max="12795" width="11.3984375" style="11" customWidth="1"/>
+    <col min="12796" max="12796" width="8.796875" style="11"/>
+    <col min="12797" max="12797" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12798" max="12798" width="8" style="11" customWidth="1"/>
+    <col min="12799" max="13040" width="8.796875" style="11"/>
+    <col min="13041" max="13041" width="15" style="11" customWidth="1"/>
+    <col min="13042" max="13042" width="11" style="11" customWidth="1"/>
+    <col min="13043" max="13043" width="8.8984375" style="11" customWidth="1"/>
+    <col min="13044" max="13044" width="11.09765625" style="11" customWidth="1"/>
+    <col min="13045" max="13045" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13046" max="13046" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13047" max="13047" width="9.59765625" style="11" customWidth="1"/>
+    <col min="13048" max="13048" width="10.8984375" style="11" customWidth="1"/>
+    <col min="13049" max="13049" width="10.296875" style="11" customWidth="1"/>
+    <col min="13050" max="13050" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13051" max="13051" width="11.3984375" style="11" customWidth="1"/>
+    <col min="13052" max="13052" width="8.796875" style="11"/>
+    <col min="13053" max="13053" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13054" max="13054" width="8" style="11" customWidth="1"/>
+    <col min="13055" max="13296" width="8.796875" style="11"/>
+    <col min="13297" max="13297" width="15" style="11" customWidth="1"/>
+    <col min="13298" max="13298" width="11" style="11" customWidth="1"/>
+    <col min="13299" max="13299" width="8.8984375" style="11" customWidth="1"/>
+    <col min="13300" max="13300" width="11.09765625" style="11" customWidth="1"/>
+    <col min="13301" max="13301" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13302" max="13302" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13303" max="13303" width="9.59765625" style="11" customWidth="1"/>
+    <col min="13304" max="13304" width="10.8984375" style="11" customWidth="1"/>
+    <col min="13305" max="13305" width="10.296875" style="11" customWidth="1"/>
+    <col min="13306" max="13306" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13307" max="13307" width="11.3984375" style="11" customWidth="1"/>
+    <col min="13308" max="13308" width="8.796875" style="11"/>
+    <col min="13309" max="13309" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13310" max="13310" width="8" style="11" customWidth="1"/>
+    <col min="13311" max="13552" width="8.796875" style="11"/>
+    <col min="13553" max="13553" width="15" style="11" customWidth="1"/>
+    <col min="13554" max="13554" width="11" style="11" customWidth="1"/>
+    <col min="13555" max="13555" width="8.8984375" style="11" customWidth="1"/>
+    <col min="13556" max="13556" width="11.09765625" style="11" customWidth="1"/>
+    <col min="13557" max="13557" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13558" max="13558" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13559" max="13559" width="9.59765625" style="11" customWidth="1"/>
+    <col min="13560" max="13560" width="10.8984375" style="11" customWidth="1"/>
+    <col min="13561" max="13561" width="10.296875" style="11" customWidth="1"/>
+    <col min="13562" max="13562" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13563" max="13563" width="11.3984375" style="11" customWidth="1"/>
+    <col min="13564" max="13564" width="8.796875" style="11"/>
+    <col min="13565" max="13565" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13566" max="13566" width="8" style="11" customWidth="1"/>
+    <col min="13567" max="13808" width="8.796875" style="11"/>
+    <col min="13809" max="13809" width="15" style="11" customWidth="1"/>
+    <col min="13810" max="13810" width="11" style="11" customWidth="1"/>
+    <col min="13811" max="13811" width="8.8984375" style="11" customWidth="1"/>
+    <col min="13812" max="13812" width="11.09765625" style="11" customWidth="1"/>
+    <col min="13813" max="13813" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13814" max="13814" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13815" max="13815" width="9.59765625" style="11" customWidth="1"/>
+    <col min="13816" max="13816" width="10.8984375" style="11" customWidth="1"/>
+    <col min="13817" max="13817" width="10.296875" style="11" customWidth="1"/>
+    <col min="13818" max="13818" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13819" max="13819" width="11.3984375" style="11" customWidth="1"/>
+    <col min="13820" max="13820" width="8.796875" style="11"/>
+    <col min="13821" max="13821" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13822" max="13822" width="8" style="11" customWidth="1"/>
+    <col min="13823" max="14064" width="8.796875" style="11"/>
+    <col min="14065" max="14065" width="15" style="11" customWidth="1"/>
+    <col min="14066" max="14066" width="11" style="11" customWidth="1"/>
+    <col min="14067" max="14067" width="8.8984375" style="11" customWidth="1"/>
+    <col min="14068" max="14068" width="11.09765625" style="11" customWidth="1"/>
+    <col min="14069" max="14069" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14070" max="14070" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14071" max="14071" width="9.59765625" style="11" customWidth="1"/>
+    <col min="14072" max="14072" width="10.8984375" style="11" customWidth="1"/>
+    <col min="14073" max="14073" width="10.296875" style="11" customWidth="1"/>
+    <col min="14074" max="14074" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14075" max="14075" width="11.3984375" style="11" customWidth="1"/>
+    <col min="14076" max="14076" width="8.796875" style="11"/>
+    <col min="14077" max="14077" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14078" max="14078" width="8" style="11" customWidth="1"/>
+    <col min="14079" max="14320" width="8.796875" style="11"/>
+    <col min="14321" max="14321" width="15" style="11" customWidth="1"/>
+    <col min="14322" max="14322" width="11" style="11" customWidth="1"/>
+    <col min="14323" max="14323" width="8.8984375" style="11" customWidth="1"/>
+    <col min="14324" max="14324" width="11.09765625" style="11" customWidth="1"/>
+    <col min="14325" max="14325" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14326" max="14326" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14327" max="14327" width="9.59765625" style="11" customWidth="1"/>
+    <col min="14328" max="14328" width="10.8984375" style="11" customWidth="1"/>
+    <col min="14329" max="14329" width="10.296875" style="11" customWidth="1"/>
+    <col min="14330" max="14330" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14331" max="14331" width="11.3984375" style="11" customWidth="1"/>
+    <col min="14332" max="14332" width="8.796875" style="11"/>
+    <col min="14333" max="14333" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14334" max="14334" width="8" style="11" customWidth="1"/>
+    <col min="14335" max="14576" width="8.796875" style="11"/>
+    <col min="14577" max="14577" width="15" style="11" customWidth="1"/>
+    <col min="14578" max="14578" width="11" style="11" customWidth="1"/>
+    <col min="14579" max="14579" width="8.8984375" style="11" customWidth="1"/>
+    <col min="14580" max="14580" width="11.09765625" style="11" customWidth="1"/>
+    <col min="14581" max="14581" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14582" max="14582" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14583" max="14583" width="9.59765625" style="11" customWidth="1"/>
+    <col min="14584" max="14584" width="10.8984375" style="11" customWidth="1"/>
+    <col min="14585" max="14585" width="10.296875" style="11" customWidth="1"/>
+    <col min="14586" max="14586" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14587" max="14587" width="11.3984375" style="11" customWidth="1"/>
+    <col min="14588" max="14588" width="8.796875" style="11"/>
+    <col min="14589" max="14589" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14590" max="14590" width="8" style="11" customWidth="1"/>
+    <col min="14591" max="14832" width="8.796875" style="11"/>
+    <col min="14833" max="14833" width="15" style="11" customWidth="1"/>
+    <col min="14834" max="14834" width="11" style="11" customWidth="1"/>
+    <col min="14835" max="14835" width="8.8984375" style="11" customWidth="1"/>
+    <col min="14836" max="14836" width="11.09765625" style="11" customWidth="1"/>
+    <col min="14837" max="14837" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14838" max="14838" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14839" max="14839" width="9.59765625" style="11" customWidth="1"/>
+    <col min="14840" max="14840" width="10.8984375" style="11" customWidth="1"/>
+    <col min="14841" max="14841" width="10.296875" style="11" customWidth="1"/>
+    <col min="14842" max="14842" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14843" max="14843" width="11.3984375" style="11" customWidth="1"/>
+    <col min="14844" max="14844" width="8.796875" style="11"/>
+    <col min="14845" max="14845" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14846" max="14846" width="8" style="11" customWidth="1"/>
+    <col min="14847" max="15088" width="8.796875" style="11"/>
+    <col min="15089" max="15089" width="15" style="11" customWidth="1"/>
+    <col min="15090" max="15090" width="11" style="11" customWidth="1"/>
+    <col min="15091" max="15091" width="8.8984375" style="11" customWidth="1"/>
+    <col min="15092" max="15092" width="11.09765625" style="11" customWidth="1"/>
+    <col min="15093" max="15093" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15094" max="15094" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15095" max="15095" width="9.59765625" style="11" customWidth="1"/>
+    <col min="15096" max="15096" width="10.8984375" style="11" customWidth="1"/>
+    <col min="15097" max="15097" width="10.296875" style="11" customWidth="1"/>
+    <col min="15098" max="15098" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15099" max="15099" width="11.3984375" style="11" customWidth="1"/>
+    <col min="15100" max="15100" width="8.796875" style="11"/>
+    <col min="15101" max="15101" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15102" max="15102" width="8" style="11" customWidth="1"/>
+    <col min="15103" max="15344" width="8.796875" style="11"/>
+    <col min="15345" max="15345" width="15" style="11" customWidth="1"/>
+    <col min="15346" max="15346" width="11" style="11" customWidth="1"/>
+    <col min="15347" max="15347" width="8.8984375" style="11" customWidth="1"/>
+    <col min="15348" max="15348" width="11.09765625" style="11" customWidth="1"/>
+    <col min="15349" max="15349" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15350" max="15350" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15351" max="15351" width="9.59765625" style="11" customWidth="1"/>
+    <col min="15352" max="15352" width="10.8984375" style="11" customWidth="1"/>
+    <col min="15353" max="15353" width="10.296875" style="11" customWidth="1"/>
+    <col min="15354" max="15354" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15355" max="15355" width="11.3984375" style="11" customWidth="1"/>
+    <col min="15356" max="15356" width="8.796875" style="11"/>
+    <col min="15357" max="15357" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15358" max="15358" width="8" style="11" customWidth="1"/>
+    <col min="15359" max="15600" width="8.796875" style="11"/>
+    <col min="15601" max="15601" width="15" style="11" customWidth="1"/>
+    <col min="15602" max="15602" width="11" style="11" customWidth="1"/>
+    <col min="15603" max="15603" width="8.8984375" style="11" customWidth="1"/>
+    <col min="15604" max="15604" width="11.09765625" style="11" customWidth="1"/>
+    <col min="15605" max="15605" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15606" max="15606" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15607" max="15607" width="9.59765625" style="11" customWidth="1"/>
+    <col min="15608" max="15608" width="10.8984375" style="11" customWidth="1"/>
+    <col min="15609" max="15609" width="10.296875" style="11" customWidth="1"/>
+    <col min="15610" max="15610" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15611" max="15611" width="11.3984375" style="11" customWidth="1"/>
+    <col min="15612" max="15612" width="8.796875" style="11"/>
+    <col min="15613" max="15613" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15614" max="15614" width="8" style="11" customWidth="1"/>
+    <col min="15615" max="15856" width="8.796875" style="11"/>
+    <col min="15857" max="15857" width="15" style="11" customWidth="1"/>
+    <col min="15858" max="15858" width="11" style="11" customWidth="1"/>
+    <col min="15859" max="15859" width="8.8984375" style="11" customWidth="1"/>
+    <col min="15860" max="15860" width="11.09765625" style="11" customWidth="1"/>
+    <col min="15861" max="15861" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15862" max="15862" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15863" max="15863" width="9.59765625" style="11" customWidth="1"/>
+    <col min="15864" max="15864" width="10.8984375" style="11" customWidth="1"/>
+    <col min="15865" max="15865" width="10.296875" style="11" customWidth="1"/>
+    <col min="15866" max="15866" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15867" max="15867" width="11.3984375" style="11" customWidth="1"/>
+    <col min="15868" max="15868" width="8.796875" style="11"/>
+    <col min="15869" max="15869" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15870" max="15870" width="8" style="11" customWidth="1"/>
+    <col min="15871" max="16112" width="8.796875" style="11"/>
+    <col min="16113" max="16113" width="15" style="11" customWidth="1"/>
+    <col min="16114" max="16114" width="11" style="11" customWidth="1"/>
+    <col min="16115" max="16115" width="8.8984375" style="11" customWidth="1"/>
+    <col min="16116" max="16116" width="11.09765625" style="11" customWidth="1"/>
+    <col min="16117" max="16117" width="8.3984375" style="11" customWidth="1"/>
+    <col min="16118" max="16118" width="9.69921875" style="11" customWidth="1"/>
+    <col min="16119" max="16119" width="9.59765625" style="11" customWidth="1"/>
+    <col min="16120" max="16120" width="10.8984375" style="11" customWidth="1"/>
+    <col min="16121" max="16121" width="10.296875" style="11" customWidth="1"/>
+    <col min="16122" max="16122" width="9.69921875" style="11" customWidth="1"/>
+    <col min="16123" max="16123" width="11.3984375" style="11" customWidth="1"/>
+    <col min="16124" max="16124" width="8.796875" style="11"/>
+    <col min="16125" max="16125" width="8.3984375" style="11" customWidth="1"/>
+    <col min="16126" max="16126" width="8" style="11" customWidth="1"/>
+    <col min="16127" max="16367" width="8.796875" style="11"/>
+    <col min="16368" max="16384" width="8.8984375" style="11" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="24" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="26" t="s">
+    <row r="1" spans="1:14" s="2" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.8">
+      <c r="A1" s="16" t="s">
         <v>25</v>
       </c>
-      <c r="B1" s="25"/>
-[...11 lines deleted...]
-      <c r="N1" s="25"/>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+      <c r="J1" s="1"/>
+      <c r="K1" s="1"/>
+      <c r="L1" s="1"/>
+      <c r="M1" s="1"/>
+      <c r="N1" s="1"/>
     </row>
-    <row r="2" spans="1:14" ht="6.75" customHeight="1" x14ac:dyDescent="0.5">
-[...13 lines deleted...]
-      <c r="N2" s="22"/>
+    <row r="2" spans="1:14" ht="6.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A2" s="17"/>
+      <c r="B2" s="15"/>
+      <c r="C2" s="15"/>
+      <c r="D2" s="15"/>
+      <c r="E2" s="15"/>
+      <c r="F2" s="15"/>
+      <c r="G2" s="15"/>
+      <c r="H2" s="15"/>
+      <c r="I2" s="15"/>
+      <c r="J2" s="15"/>
+      <c r="K2" s="15"/>
+      <c r="L2" s="15"/>
+      <c r="M2" s="15"/>
+      <c r="N2" s="15"/>
     </row>
-    <row r="3" spans="1:14" ht="6.75" customHeight="1" x14ac:dyDescent="0.5">
-[...13 lines deleted...]
-      <c r="N3" s="22"/>
+    <row r="3" spans="1:14" ht="6.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A3" s="17"/>
+      <c r="B3" s="15"/>
+      <c r="C3" s="15"/>
+      <c r="D3" s="15"/>
+      <c r="E3" s="15"/>
+      <c r="F3" s="15"/>
+      <c r="G3" s="15"/>
+      <c r="H3" s="15"/>
+      <c r="I3" s="15"/>
+      <c r="J3" s="15"/>
+      <c r="K3" s="15"/>
+      <c r="L3" s="15"/>
+      <c r="M3" s="15"/>
+      <c r="N3" s="15"/>
     </row>
-    <row r="4" spans="1:14" s="15" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...12 lines deleted...]
-        <v>21</v>
+    <row r="4" spans="1:14" s="5" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4"/>
+      <c r="C4" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>11</v>
       </c>
       <c r="G4" s="27" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H4" s="27"/>
       <c r="I4" s="27"/>
       <c r="J4" s="27" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="K4" s="27"/>
       <c r="L4" s="27"/>
-      <c r="M4" s="20"/>
-      <c r="N4" s="20"/>
+      <c r="M4" s="3"/>
+      <c r="N4" s="3"/>
     </row>
-    <row r="5" spans="1:14" s="15" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A5" s="19" t="s">
+    <row r="5" spans="1:14" s="5" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A5" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="B5" s="18" t="s">
+      <c r="G5" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="J5" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="K5" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="L5" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M5" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="N5" s="7" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A6" s="8"/>
+      <c r="B6" s="9"/>
+      <c r="C6" s="9"/>
+      <c r="D6" s="9"/>
+      <c r="E6" s="9"/>
+      <c r="F6" s="9"/>
+      <c r="G6" s="9"/>
+      <c r="H6" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="18" t="s">
-[...8 lines deleted...]
-      <c r="F5" s="18" t="s">
+      <c r="I6" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="18" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="J6" s="9"/>
+      <c r="K6" s="9"/>
+      <c r="L6" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="M6" s="9"/>
+      <c r="N6" s="9"/>
     </row>
-    <row r="6" spans="1:14" s="15" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...19 lines deleted...]
-      <c r="N6" s="16"/>
+    <row r="7" spans="1:14" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A7" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="23">
+        <v>39509992.509999998</v>
+      </c>
+      <c r="C7" s="23">
+        <v>835826.79</v>
+      </c>
+      <c r="D7" s="23">
+        <v>4098881.49</v>
+      </c>
+      <c r="E7" s="23">
+        <v>8965032.9499999993</v>
+      </c>
+      <c r="F7" s="23">
+        <v>7230678.3899999997</v>
+      </c>
+      <c r="G7" s="23">
+        <v>6557822.71</v>
+      </c>
+      <c r="H7" s="23">
+        <v>1527654.58</v>
+      </c>
+      <c r="I7" s="23">
+        <v>9997.4699999999993</v>
+      </c>
+      <c r="J7" s="23">
+        <v>6204113.3799999999</v>
+      </c>
+      <c r="K7" s="23">
+        <v>2342610.9700000002</v>
+      </c>
+      <c r="L7" s="23">
+        <v>888752.47</v>
+      </c>
+      <c r="M7" s="23">
+        <v>262739.78000000003</v>
+      </c>
+      <c r="N7" s="23">
+        <v>585881.53</v>
+      </c>
     </row>
-    <row r="7" spans="1:14" s="4" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.5">
-[...40 lines deleted...]
-        <v>422425.26</v>
+    <row r="8" spans="1:14" s="10" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A8" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="B8" s="24">
+        <v>21255853.120000001</v>
+      </c>
+      <c r="C8" s="24">
+        <v>435440.25</v>
+      </c>
+      <c r="D8" s="24">
+        <v>2113917.86</v>
+      </c>
+      <c r="E8" s="24">
+        <v>5165926.5</v>
+      </c>
+      <c r="F8" s="24">
+        <v>4348912.9800000004</v>
+      </c>
+      <c r="G8" s="24">
+        <v>3518434.61</v>
+      </c>
+      <c r="H8" s="24">
+        <v>927086.11</v>
+      </c>
+      <c r="I8" s="24">
+        <v>3818.29</v>
+      </c>
+      <c r="J8" s="24">
+        <v>2611524.4700000002</v>
+      </c>
+      <c r="K8" s="24">
+        <v>1398377.8</v>
+      </c>
+      <c r="L8" s="24">
+        <v>262248.15000000002</v>
+      </c>
+      <c r="M8" s="24">
+        <v>127791.08</v>
+      </c>
+      <c r="N8" s="24">
+        <v>342375.04</v>
       </c>
     </row>
-    <row r="8" spans="1:14" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A8" s="1" t="s">
+    <row r="9" spans="1:14" s="10" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A9" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B9" s="24">
+        <v>18254139.390000001</v>
+      </c>
+      <c r="C9" s="24">
+        <v>400386.54</v>
+      </c>
+      <c r="D9" s="24">
+        <v>1984963.63</v>
+      </c>
+      <c r="E9" s="24">
+        <v>3799106.45</v>
+      </c>
+      <c r="F9" s="24">
+        <v>2881765.42</v>
+      </c>
+      <c r="G9" s="24">
+        <v>3039388.1</v>
+      </c>
+      <c r="H9" s="24">
+        <v>600568.47</v>
+      </c>
+      <c r="I9" s="24">
+        <v>6179.18</v>
+      </c>
+      <c r="J9" s="24">
+        <v>3592588.91</v>
+      </c>
+      <c r="K9" s="24">
+        <v>944233.17</v>
+      </c>
+      <c r="L9" s="24">
+        <v>626504.31999999995</v>
+      </c>
+      <c r="M9" s="24">
+        <v>134948.71</v>
+      </c>
+      <c r="N9" s="24">
+        <v>243506.49</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" s="10" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A10" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="B10" s="21">
+        <v>8995228.8200000003</v>
+      </c>
+      <c r="C10" s="21">
+        <v>41199.379999999997</v>
+      </c>
+      <c r="D10" s="21">
+        <v>1310711.76</v>
+      </c>
+      <c r="E10" s="21">
+        <v>2605938.89</v>
+      </c>
+      <c r="F10" s="21">
+        <v>1695098.99</v>
+      </c>
+      <c r="G10" s="21">
+        <v>1658525.51</v>
+      </c>
+      <c r="H10" s="21">
+        <v>235901.1</v>
+      </c>
+      <c r="I10" s="21">
+        <v>0</v>
+      </c>
+      <c r="J10" s="21">
+        <v>764693.9</v>
+      </c>
+      <c r="K10" s="21">
+        <v>450599.99</v>
+      </c>
+      <c r="L10" s="21">
+        <v>232434.9</v>
+      </c>
+      <c r="M10" s="21">
+        <v>0</v>
+      </c>
+      <c r="N10" s="21">
+        <v>124.41</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A11" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="B8" s="13">
-[...36 lines deleted...]
-        <v>235990.67</v>
+      <c r="B11" s="22">
+        <v>4914224.51</v>
+      </c>
+      <c r="C11" s="22">
+        <v>20475.650000000001</v>
+      </c>
+      <c r="D11" s="22">
+        <v>706165.96</v>
+      </c>
+      <c r="E11" s="22">
+        <v>1499435.81</v>
+      </c>
+      <c r="F11" s="22">
+        <v>1034535.9</v>
+      </c>
+      <c r="G11" s="22">
+        <v>867087.2</v>
+      </c>
+      <c r="H11" s="22">
+        <v>145274.62</v>
+      </c>
+      <c r="I11" s="22">
+        <v>0</v>
+      </c>
+      <c r="J11" s="22">
+        <v>322765.38</v>
+      </c>
+      <c r="K11" s="22">
+        <v>251854.95</v>
+      </c>
+      <c r="L11" s="22">
+        <v>66578.75</v>
+      </c>
+      <c r="M11" s="21">
+        <v>0</v>
+      </c>
+      <c r="N11" s="22">
+        <v>50.29</v>
       </c>
     </row>
-    <row r="9" spans="1:14" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-[...40 lines deleted...]
-        <v>186434.58</v>
+    <row r="12" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A12" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B12" s="22">
+        <v>4081004.3</v>
+      </c>
+      <c r="C12" s="22">
+        <v>20723.73</v>
+      </c>
+      <c r="D12" s="22">
+        <v>604545.80000000005</v>
+      </c>
+      <c r="E12" s="22">
+        <v>1106503.08</v>
+      </c>
+      <c r="F12" s="22">
+        <v>660563.09</v>
+      </c>
+      <c r="G12" s="22">
+        <v>791438.31</v>
+      </c>
+      <c r="H12" s="22">
+        <v>90626.47</v>
+      </c>
+      <c r="I12" s="22">
+        <v>0</v>
+      </c>
+      <c r="J12" s="22">
+        <v>441928.52</v>
+      </c>
+      <c r="K12" s="22">
+        <v>198745.03</v>
+      </c>
+      <c r="L12" s="22">
+        <v>165856.14000000001</v>
+      </c>
+      <c r="M12" s="21">
+        <v>0</v>
+      </c>
+      <c r="N12" s="22">
+        <v>74.12</v>
       </c>
     </row>
-    <row r="10" spans="1:14" s="4" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...40 lines deleted...]
-        <v>463.14</v>
+    <row r="13" spans="1:14" s="10" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A13" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="B13" s="23">
+        <v>218026</v>
+      </c>
+      <c r="C13" s="23">
+        <v>1073</v>
+      </c>
+      <c r="D13" s="23">
+        <v>29747</v>
+      </c>
+      <c r="E13" s="23">
+        <v>71896</v>
+      </c>
+      <c r="F13" s="23">
+        <v>44954</v>
+      </c>
+      <c r="G13" s="23">
+        <v>28991</v>
+      </c>
+      <c r="H13" s="23">
+        <v>5195</v>
+      </c>
+      <c r="I13" s="23">
+        <v>0</v>
+      </c>
+      <c r="J13" s="23">
+        <v>15454</v>
+      </c>
+      <c r="K13" s="23">
+        <v>13631</v>
+      </c>
+      <c r="L13" s="23">
+        <v>7085</v>
+      </c>
+      <c r="M13" s="21">
+        <v>0</v>
+      </c>
+      <c r="N13" s="21">
+        <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A11" s="1" t="s">
+    <row r="14" spans="1:14" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A14" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="B11" s="11">
-[...36 lines deleted...]
-        <v>61.11</v>
+      <c r="B14" s="24">
+        <v>122248</v>
+      </c>
+      <c r="C14" s="24">
+        <v>103</v>
+      </c>
+      <c r="D14" s="24">
+        <v>15641</v>
+      </c>
+      <c r="E14" s="24">
+        <v>43392</v>
+      </c>
+      <c r="F14" s="24">
+        <v>27391</v>
+      </c>
+      <c r="G14" s="24">
+        <v>17369</v>
+      </c>
+      <c r="H14" s="24">
+        <v>3019</v>
+      </c>
+      <c r="I14" s="24">
+        <v>0</v>
+      </c>
+      <c r="J14" s="24">
+        <v>5694</v>
+      </c>
+      <c r="K14" s="24">
+        <v>7850</v>
+      </c>
+      <c r="L14" s="24">
+        <v>1789</v>
+      </c>
+      <c r="M14" s="21">
+        <v>0</v>
+      </c>
+      <c r="N14" s="21">
+        <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...40 lines deleted...]
-        <v>402.03</v>
+    <row r="15" spans="1:14" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A15" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B15" s="24">
+        <v>95778</v>
+      </c>
+      <c r="C15" s="24">
+        <v>970</v>
+      </c>
+      <c r="D15" s="24">
+        <v>14106</v>
+      </c>
+      <c r="E15" s="24">
+        <v>28504</v>
+      </c>
+      <c r="F15" s="24">
+        <v>17563</v>
+      </c>
+      <c r="G15" s="24">
+        <v>11622</v>
+      </c>
+      <c r="H15" s="24">
+        <v>2176</v>
+      </c>
+      <c r="I15" s="24">
+        <v>0</v>
+      </c>
+      <c r="J15" s="24">
+        <v>9760</v>
+      </c>
+      <c r="K15" s="24">
+        <v>5781</v>
+      </c>
+      <c r="L15" s="24">
+        <v>5296</v>
+      </c>
+      <c r="M15" s="21">
+        <v>0</v>
+      </c>
+      <c r="N15" s="21">
+        <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:14" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.5">
-[...131 lines deleted...]
-    <row r="16" spans="1:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="16" spans="1:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.7">
       <c r="A16" s="28" t="s">
         <v>5</v>
       </c>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="28"/>
       <c r="L16" s="28"/>
       <c r="M16" s="28"/>
       <c r="N16" s="28"/>
     </row>
-    <row r="17" spans="1:14" s="4" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A17" s="4" t="s">
+    <row r="17" spans="1:16" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A17" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="B17" s="5">
+      <c r="B17" s="18">
         <v>100.00000000000001</v>
       </c>
-      <c r="C17" s="5">
-[...33 lines deleted...]
-        <v>1.0725997134057481</v>
+      <c r="C17" s="18">
+        <v>2.1154820259417964</v>
+      </c>
+      <c r="D17" s="18">
+        <v>10.374290729016391</v>
+      </c>
+      <c r="E17" s="18">
+        <v>22.690545809976921</v>
+      </c>
+      <c r="F17" s="18">
+        <v>18.300885246105555</v>
+      </c>
+      <c r="G17" s="18">
+        <v>16.597883961481926</v>
+      </c>
+      <c r="H17" s="18">
+        <v>3.8665018213135576</v>
+      </c>
+      <c r="I17" s="18">
+        <v>2.5303649443794842E-2</v>
+      </c>
+      <c r="J17" s="18">
+        <v>15.702643776583191</v>
+      </c>
+      <c r="K17" s="18">
+        <v>5.9291607544777039</v>
+      </c>
+      <c r="L17" s="18">
+        <v>2.249437201930768</v>
+      </c>
+      <c r="M17" s="18">
+        <v>0.66499577273648047</v>
+      </c>
+      <c r="N17" s="18">
+        <v>1.4828692509919184</v>
       </c>
     </row>
-    <row r="18" spans="1:14" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A18" s="4" t="s">
+    <row r="18" spans="1:16" s="10" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A18" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="B18" s="3">
+      <c r="B18" s="20">
         <v>100.00000000000001</v>
       </c>
-      <c r="C18" s="3">
-[...34 lines deleted...]
-      </c>
+      <c r="C18" s="20">
+        <v>2.0485663291975174</v>
+      </c>
+      <c r="D18" s="20">
+        <v>9.9451094626306862</v>
+      </c>
+      <c r="E18" s="20">
+        <v>24.303548160761849</v>
+      </c>
+      <c r="F18" s="20">
+        <v>20.45983737019726</v>
+      </c>
+      <c r="G18" s="20">
+        <v>16.552780027866508</v>
+      </c>
+      <c r="H18" s="20">
+        <v>4.3615568133922071</v>
+      </c>
+      <c r="I18" s="20">
+        <v>1.7963475652771163E-2</v>
+      </c>
+      <c r="J18" s="20">
+        <v>12.286142810907794</v>
+      </c>
+      <c r="K18" s="20">
+        <v>6.5787893438360374</v>
+      </c>
+      <c r="L18" s="20">
+        <v>1.2337691106514383</v>
+      </c>
+      <c r="M18" s="20">
+        <v>0.60120419198681396</v>
+      </c>
+      <c r="N18" s="20">
+        <v>1.6107329970108486</v>
+      </c>
+      <c r="O18" s="18"/>
     </row>
-    <row r="19" spans="1:14" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-[...3 lines deleted...]
-      <c r="B19" s="3">
+    <row r="19" spans="1:16" s="10" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A19" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B19" s="20">
         <v>100.00000000000001</v>
       </c>
-      <c r="C19" s="3">
-[...34 lines deleted...]
-      </c>
+      <c r="C19" s="20">
+        <v>2.1934013510346051</v>
+      </c>
+      <c r="D19" s="20">
+        <v>10.87404663452611</v>
+      </c>
+      <c r="E19" s="20">
+        <v>20.812301083233923</v>
+      </c>
+      <c r="F19" s="20">
+        <v>15.786914728933709</v>
+      </c>
+      <c r="G19" s="20">
+        <v>16.650404793474081</v>
+      </c>
+      <c r="H19" s="20">
+        <v>3.2900399036560661</v>
+      </c>
+      <c r="I19" s="20">
+        <v>3.3850842638930893E-2</v>
+      </c>
+      <c r="J19" s="20">
+        <v>19.680954731659909</v>
+      </c>
+      <c r="K19" s="20">
+        <v>5.1727071313878028</v>
+      </c>
+      <c r="L19" s="20">
+        <v>3.4321219237715042</v>
+      </c>
+      <c r="M19" s="20">
+        <v>0.73927730646084433</v>
+      </c>
+      <c r="N19" s="20">
+        <v>1.333979569222518</v>
+      </c>
+      <c r="O19" s="18"/>
     </row>
-    <row r="20" spans="1:14" s="4" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A20" s="6" t="s">
+    <row r="20" spans="1:16" s="10" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A20" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="B20" s="5">
+      <c r="B20" s="18">
         <v>100.00000000000001</v>
       </c>
-      <c r="C20" s="5">
-[...34 lines deleted...]
-      </c>
+      <c r="C20" s="18">
+        <v>0.4580136961985587</v>
+      </c>
+      <c r="D20" s="18">
+        <v>14.571188640424158</v>
+      </c>
+      <c r="E20" s="18">
+        <v>28.970234578201648</v>
+      </c>
+      <c r="F20" s="18">
+        <v>18.844423237251235</v>
+      </c>
+      <c r="G20" s="18">
+        <v>18.437835692544393</v>
+      </c>
+      <c r="H20" s="18">
+        <v>2.6225136093869819</v>
+      </c>
+      <c r="I20" s="18">
+        <v>0</v>
+      </c>
+      <c r="J20" s="18">
+        <v>8.5011055894406926</v>
+      </c>
+      <c r="K20" s="18">
+        <v>5.0093221530744785</v>
+      </c>
+      <c r="L20" s="18">
+        <v>2.5839798481079659</v>
+      </c>
+      <c r="M20" s="18">
+        <v>0</v>
+      </c>
+      <c r="N20" s="18">
+        <v>1.3830665399348894E-3</v>
+      </c>
+      <c r="O20" s="18"/>
     </row>
-    <row r="21" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A21" s="1" t="s">
+    <row r="21" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A21" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="B21" s="3">
+      <c r="B21" s="20">
         <v>100.00000000000001</v>
       </c>
-      <c r="C21" s="3">
-[...34 lines deleted...]
-      </c>
+      <c r="C21" s="20">
+        <v>0.41666085784916657</v>
+      </c>
+      <c r="D21" s="20">
+        <v>14.369835129897229</v>
+      </c>
+      <c r="E21" s="20">
+        <v>30.512155212867963</v>
+      </c>
+      <c r="F21" s="20">
+        <v>21.051864803791801</v>
+      </c>
+      <c r="G21" s="20">
+        <v>17.644436029236278</v>
+      </c>
+      <c r="H21" s="20">
+        <v>2.9562064106835035</v>
+      </c>
+      <c r="I21" s="20">
+        <v>0</v>
+      </c>
+      <c r="J21" s="20">
+        <v>6.5679819744336427</v>
+      </c>
+      <c r="K21" s="20">
+        <v>5.1250192067435689</v>
+      </c>
+      <c r="L21" s="20">
+        <v>1.3548170187283528</v>
+      </c>
+      <c r="M21" s="20">
+        <v>0</v>
+      </c>
+      <c r="N21" s="20">
+        <v>1.023355768497439E-3</v>
+      </c>
+      <c r="O21" s="18"/>
     </row>
-    <row r="22" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...3 lines deleted...]
-      <c r="B22" s="3">
+    <row r="22" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A22" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B22" s="20">
         <v>100.00000000000001</v>
       </c>
-      <c r="C22" s="3">
-[...34 lines deleted...]
-      </c>
+      <c r="C22" s="20">
+        <v>0.50780956050450621</v>
+      </c>
+      <c r="D22" s="20">
+        <v>14.813652609971523</v>
+      </c>
+      <c r="E22" s="20">
+        <v>27.113499488348985</v>
+      </c>
+      <c r="F22" s="20">
+        <v>16.186287527312825</v>
+      </c>
+      <c r="G22" s="20">
+        <v>19.393224113976064</v>
+      </c>
+      <c r="H22" s="20">
+        <v>2.2206903825119717</v>
+      </c>
+      <c r="I22" s="20">
+        <v>0</v>
+      </c>
+      <c r="J22" s="20">
+        <v>10.828915813688313</v>
+      </c>
+      <c r="K22" s="20">
+        <v>4.8700029549098982</v>
+      </c>
+      <c r="L22" s="20">
+        <v>4.0641010841375493</v>
+      </c>
+      <c r="M22" s="20">
+        <v>0</v>
+      </c>
+      <c r="N22" s="20">
+        <v>1.8162196006507516E-3</v>
+      </c>
+      <c r="O22" s="18"/>
     </row>
-    <row r="23" spans="1:14" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A23" s="4" t="s">
+    <row r="23" spans="1:16" s="10" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A23" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="B23" s="5">
+      <c r="B23" s="18">
         <v>100.00000000000001</v>
       </c>
-      <c r="C23" s="5">
-[...34 lines deleted...]
-      </c>
+      <c r="C23" s="18">
+        <v>0.49214313889169181</v>
+      </c>
+      <c r="D23" s="18">
+        <v>13.643785603551869</v>
+      </c>
+      <c r="E23" s="18">
+        <v>32.975883610211625</v>
+      </c>
+      <c r="F23" s="18">
+        <v>20.618641813361709</v>
+      </c>
+      <c r="G23" s="18">
+        <v>13.297037967948777</v>
+      </c>
+      <c r="H23" s="18">
+        <v>2.3827433425371285</v>
+      </c>
+      <c r="I23" s="18">
+        <v>0</v>
+      </c>
+      <c r="J23" s="18">
+        <v>7.088145450542596</v>
+      </c>
+      <c r="K23" s="18">
+        <v>6.2520066414097393</v>
+      </c>
+      <c r="L23" s="18">
+        <v>3.2496124315448611</v>
+      </c>
+      <c r="M23" s="18">
+        <v>0</v>
+      </c>
+      <c r="N23" s="18">
+        <v>0</v>
+      </c>
+      <c r="O23" s="19"/>
+      <c r="P23" s="26"/>
     </row>
-    <row r="24" spans="1:14" ht="21.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A24" s="1" t="s">
+    <row r="24" spans="1:16" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A24" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="B24" s="3">
+      <c r="B24" s="20">
         <v>100.00000000000001</v>
       </c>
-      <c r="C24" s="3">
-[...34 lines deleted...]
-      </c>
+      <c r="C24" s="20">
+        <v>8.4254957136313063E-2</v>
+      </c>
+      <c r="D24" s="20">
+        <v>12.794483345330804</v>
+      </c>
+      <c r="E24" s="20">
+        <v>35.495059223872779</v>
+      </c>
+      <c r="F24" s="20">
+        <v>22.406092533211179</v>
+      </c>
+      <c r="G24" s="20">
+        <v>14.208003402918656</v>
+      </c>
+      <c r="H24" s="20">
+        <v>2.4695700543158168</v>
+      </c>
+      <c r="I24" s="20">
+        <v>0</v>
+      </c>
+      <c r="J24" s="20">
+        <v>4.6577449119822001</v>
+      </c>
+      <c r="K24" s="20">
+        <v>6.4213729467966756</v>
+      </c>
+      <c r="L24" s="20">
+        <v>1.4634186244355736</v>
+      </c>
+      <c r="M24" s="20">
+        <v>0</v>
+      </c>
+      <c r="N24" s="20">
+        <v>0</v>
+      </c>
+      <c r="P24" s="26"/>
     </row>
-    <row r="25" spans="1:14" ht="21.75" customHeight="1" x14ac:dyDescent="0.5">
-[...3 lines deleted...]
-      <c r="B25" s="3">
+    <row r="25" spans="1:16" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A25" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B25" s="20">
         <v>100.00000000000001</v>
       </c>
-      <c r="C25" s="3">
-[...34 lines deleted...]
-      </c>
+      <c r="C25" s="20">
+        <v>1.0127586710935705</v>
+      </c>
+      <c r="D25" s="20">
+        <v>14.727808056129801</v>
+      </c>
+      <c r="E25" s="20">
+        <v>29.76048779469189</v>
+      </c>
+      <c r="F25" s="20">
+        <v>18.337196433418949</v>
+      </c>
+      <c r="G25" s="20">
+        <v>12.134310593246884</v>
+      </c>
+      <c r="H25" s="20">
+        <v>2.2719204827831025</v>
+      </c>
+      <c r="I25" s="20">
+        <v>0</v>
+      </c>
+      <c r="J25" s="20">
+        <v>10.190231577188916</v>
+      </c>
+      <c r="K25" s="20">
+        <v>6.0358328634968368</v>
+      </c>
+      <c r="L25" s="20">
+        <v>5.529453527950051</v>
+      </c>
+      <c r="M25" s="20">
+        <v>0</v>
+      </c>
+      <c r="N25" s="20">
+        <v>0</v>
+      </c>
+      <c r="P25" s="26"/>
     </row>
-    <row r="26" spans="1:14" ht="8.25" customHeight="1" x14ac:dyDescent="0.5">
-[...13 lines deleted...]
-      <c r="N26" s="2"/>
+    <row r="26" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A26" s="13"/>
+      <c r="B26" s="13"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="13"/>
+      <c r="F26" s="13"/>
+      <c r="G26" s="13"/>
+      <c r="H26" s="13"/>
+      <c r="I26" s="13"/>
+      <c r="J26" s="13"/>
+      <c r="K26" s="13"/>
+      <c r="L26" s="13"/>
+      <c r="M26" s="13"/>
+      <c r="N26" s="13"/>
+    </row>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.7">
+      <c r="A27" s="14"/>
+      <c r="C27" s="25"/>
+      <c r="D27" s="25"/>
+      <c r="E27" s="25"/>
+      <c r="F27" s="25"/>
+      <c r="G27" s="25"/>
+      <c r="J27" s="25"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="J4:L4"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.35433070866141736" right="0.35433070866141736" top="0.98425196850393704" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="88" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"FreesiaUPC,Bold"&amp;16 8</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>เวิร์กชีต</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>t7 </vt:lpstr>
+      <vt:lpstr>t7  (2)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>NSO</dc:creator>
+  <dc:creator>Lenovo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>